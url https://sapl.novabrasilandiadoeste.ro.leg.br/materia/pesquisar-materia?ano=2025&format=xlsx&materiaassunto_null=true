--- v0 (2026-01-29)
+++ v1 (2026-03-18)
@@ -10,1953 +10,1965 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1288" uniqueCount="631">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1296" uniqueCount="635">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO</t>
   </si>
   <si>
     <t>MESA DIRETORA</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/195/poder_legislativo.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/195/poder_legislativo.pdf</t>
   </si>
   <si>
     <t>"Fica instituída a obrigatoriedade da leitura de um texto da Bíblia Sagrada no início de todas as sessões legislativas, sendo ordinária ou extraordinária, itinerante e/ou solene, realizadas no âmbito do Município de Nova Brasilândia D’Oeste/RO e dá outras providências."</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/204/projeto_de_resolucao_n004.2025_-_altera_a_resolucao_003.2023_auxilio_saude.docx.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/204/projeto_de_resolucao_n004.2025_-_altera_a_resolucao_003.2023_auxilio_saude.docx.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a alteração da Resolução n°03/2023 da Câmara Municipal de Nova Brasilândia D`Oeste/RO e dá outras providências."</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/298/projeto_de_resolucao_blazer.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/298/projeto_de_resolucao_blazer.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o uso obrigatório de blazer pelos vereadores durante as sessões legislativas e dá outras providências.</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/299/projeto_de_resolucao_hino.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/299/projeto_de_resolucao_hino.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a obrigatoriedade da execução do Hino Nacional Brasileiro nas Sessões Ordinárias da Câmara Municipal de Nova Brasilândia D`Oeste-RO."</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/333/projeto_de_resolucao_n007.2025_abono_natalino.docx</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/333/projeto_de_resolucao_n007.2025_abono_natalino.docx</t>
   </si>
   <si>
     <t>CONCEDE ABONO NATALINO PECUNIÁRIO, DE CARÁTER INDENIZATÓRIO, AOS SERVIDORES DA CÂMARA MUNICIPAL DE NOVA BRASILÂNDIA DO OESTE E ESTABELECE OUTRAS PROVIDÊNCIAS PERTINENTES</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
     <t>2139</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>PROJETO DE LEI</t>
   </si>
   <si>
     <t>PODER EXECUTIVO MUNICIPAL - POD. EXEC. MUN.</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/178/projeto_de_lei_revisao.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/178/projeto_de_lei_revisao.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE REVISÃO GERAL ANUAL AO SALÁRIO DOS SERVIDORES PÚBLICOS MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
     <t>2140</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/179/pl_2140.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/179/pl_2140.2025.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL POR RECURSOS VINCULADOS NO ORÇAMENTO VIGENTE DO FUNDO DE SAÚDE E DÁ OUTRAS PROVIDÊNCIAS,"</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
     <t>2141</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/297/projeto_de_lei_no_2141.2025_-_altera_o_art._12_da_lei_municipal_no_1912.2025_e_da_outras_providencias.docx</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/297/projeto_de_lei_no_2141.2025_-_altera_o_art._12_da_lei_municipal_no_1912.2025_e_da_outras_providencias.docx</t>
   </si>
   <si>
     <t>Altera o art. 12 da Lei Municipal nº 1912/2024.</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
     <t>2143</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/185/pl_2143.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/185/pl_2143.2025.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A AUTORIZAÇÃO PARA CONCESSÃO DE PREMIAÇÃO EM DINHEIRO NOS EVENTOS ESPORTIVOS E CULTURAIS NO MUNICÍPIO DE NOVA BRASILÂNDIA D`OESTE-RO E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
     <t>2144</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/184/pl_2144.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/184/pl_2144.2025.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a abertura de crédito adicional Suplementar por recursos vinculados, no orçamento vigente da Secretaria Municipal de Educação e   dá   outras providencias.”</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
     <t>2145</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/183/pl_2145.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/183/pl_2145.2025.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR SUPERÁVIT FINANCEIRO NO ORÇAMENTO VIGENTE DAS SECRETÁRIAS MUNICIPAIS DE OBRAS, AGRICULTURAS E PLANEJAMENTO E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
     <t>2146</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/189/pl_2146.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/189/pl_2146.2025.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Executivo Municipal a realizar convênio com a Associação de Pais e Amigos dos Excepcionais - APAE de Nova Brasilândia D'Oeste/RO e dá outras providências."</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
     <t>2147</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/197/2147.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/197/2147.2025.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL POR RECURSOS VINCULADOS NO ORÇAMENTO VIGENTE DA SECRETARIA MUNICIPAL DE EDUCAÇÃO - SEMED E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t>2148</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/193/2148.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/193/2148.2025.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a firmar convênio com a Associação Escolinha de Futebol Rolim, com a finalidade de instalação e funcionamento no Município de Nova Brasilândia D’Oeste/RO, e dá outras providências."</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
     <t>2150</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/192/pl_2150.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/192/pl_2150.2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a abertura de crédito adicional especial por recursos vinculados, no orçamento vigente da Secretaria de Obras e dá outras providências."</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
     <t>2151</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/198/pl_2151.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/198/pl_2151.2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a abertura de crédito adicional especial por recursos vinculados no orçamento vigente da Secretaria Municipal de Obras e dá outras providências."</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
     <t>2153</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/199/pl_2153.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/199/pl_2153.2025.pdf</t>
   </si>
   <si>
     <t>"Cria a gratificações para os coordenadores de equipe de estratégia de saúde da família (ESF), gratificação de coordenação do acompanhamento e lançamentos de todos os sistemas do e-sus, gratificação de Imobilização Ortopédica para os técnicos de radiologia e dá outras providências."</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
     <t>2154</t>
   </si>
   <si>
     <t>GABINETE DA PRESIDÊNCIA - GAB. PRES.</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/200/pl_2154.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/200/pl_2154.2025.pdf</t>
   </si>
   <si>
     <t>"Cria a gratificação de lançamento contábeis e conciliação bancária, gratificação de topografia e Regularização Fundiária e Gratificação da Sala do cidadão, coleta de dados para emissão no novo RG."</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
     <t>2156</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/203/altera_lei_1571.2021.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/203/altera_lei_1571.2021.pdf</t>
   </si>
   <si>
     <t>"Altera lei 1571.2021 e dá outras providências."</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
     <t>2157</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/207/pl_2157.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/207/pl_2157.2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a abertura de crédito adicional especial por recursos vinculados no orçamento vigente do Fundo de Saúde e dá outras providências."</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
     <t>2158</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/211/pl2158.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/211/pl2158.2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a reestruturação da Central Permanente de Compras (CPC), no âmbito do Município de Nova Brasilândia D´Oeste/RO, e revoga a Lei 1861/24 e dá outras providências."</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
     <t>2159</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/212/pl_2159.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/212/pl_2159.2025.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a realizar chamamento público conforme a legislação aplicável, para a prestação de serviços de cirurgias eletivas e procedimentos ambulatoriais específicos no âmbito do Município de Nova Brasilândia D’Oeste/RO, e dá outras providências."</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
     <t>2160</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/210/pl_2160.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/210/pl_2160.2025.pdf</t>
   </si>
   <si>
     <t>"Regulamenta o credenciamento de pessoas jurídicas para a prestação de serviços médicos, clínico geral e especialistas, no âmbito das Unidades_x000D_
 Básicas de Saúde e da Unidade Mista de Saúde (Hospital Municipal), no Município de Nova Brasilândia D’Oeste/RO, mediante chamamento público, e dá outras providências."</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
     <t>2161</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/208/pl_2161.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/208/pl_2161.2025.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a celebrar Termo de Convênio com a Associação de Pais e Professores Sagrada Família, visando à transferência de recursos financeiros para reforma da Escola Municipal de Ensino Fundamental Sagrada Família, e dá outras providências."</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
     <t>2162</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/209/pl_2162.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/209/pl_2162.2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a abertura de crédito adicional especial por recursos vinculados, no orçamento vigente na Secretaria Municipal de Agricultura e dá outras_x000D_
 providencias."</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
     <t>2163</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/202/2163.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/202/2163.2025.pdf</t>
   </si>
   <si>
     <t>"Alteração e inclui dispositivos na Lei Municipal n.1437/2019 que dispõe sobre a Organização Administrativa, dos cargos comissionados e Funções gratificadas da Prefeitura de Nova Brasilândia D’Oeste, e dá outras providências."</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
     <t>2164</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/215/2164.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/215/2164.2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a contratação sazonal de pessoal para atender à necessidade temporária de excepcional interesse público no âmbito da Secretaria Municipal de Obras e Serviços Públicos - SEMOSP, revoga as Leis Municipais nº 1328/2018 e 1468/2019, e dá outras providências."</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
     <t>2165</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/216/2165.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/216/2165.2025.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo a celebrar instrumento jurídico para utilização de imóvel de terceiros e a construir pista de motocross para sediar etapa do Campeonato Estadual de Motocross, e dá outras providências."</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
     <t>2166</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/217/pl_2166.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/217/pl_2166.2025.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a celebrar convênio ou instrumento congênere com o Município de Castanheiras/RO para a prestação de serviços públicos em área de assentamento pertencente a Nova Brasilândia D’Oeste/RO, e dá outras providências."</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
     <t>2167</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/225/2167.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/225/2167.2025.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal, por meio da Secretaria Municipal de Agricultura, a realizar o Concurso Municipal de Produção Leiteira no ano de 2025, e dá outras providências."</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
     <t>2168</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/220/2168.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/220/2168.2025.pdf</t>
   </si>
   <si>
     <t>"Altera a Lei Municipal nº 1.872/2024 para incluir a função de Leiturista e eletricista na tabela de valores de indenização de campo, e dá outras providências."</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
     <t>2169</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/224/2169.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/224/2169.2025.pdf</t>
   </si>
   <si>
     <t>"Altera a Lei Municipal nº 1.690, de 18 de maio de 2022, para criar o cargo de Chefia de Seção no âmbito do Serviço Autônomo de Água e Esgoto – SAAE, e dá outras providências."</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
     <t>2171</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/221/2171.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/221/2171.2025.pdf</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
     <t>2172</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/222/2172.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/222/2172.2025.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a celebrar convênio com a Associação Rural dos Pais e Professores Chico Mendes - Escola Agrícola e dá outras providências."</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
     <t>2174</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/223/2174.2025_projeto_de_lei.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/223/2174.2025_projeto_de_lei.pdf</t>
   </si>
   <si>
     <t>“Institui gratificação para a Coordenação de Epidemiologia e Imunização no âmbito da Secretaria Municipal de Saúde de Nova Brasilândia providências."</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
     <t>2175</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/228/pl_2175.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/228/pl_2175.2025.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a celebrar termo de fomento com a Associação Rural de Nova Brasilândia D’Oeste para apoio à realização do_x000D_
 evento  EXPOBRAS  2025,  e  dá  outras providências."</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
     <t>2176</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/232/projeto_de_lei_2176.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/232/projeto_de_lei_2176.2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a abertura de crédito adicional Suplementar por Anulação de Dotação no orçamento Vigente da Câmara municipal e dá outras providencias."</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
     <t>2177</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/231/proejto_de_lei_2177.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/231/proejto_de_lei_2177.2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe  sobre  a  abertura  de  crédito  adicional  Especial  por  recursos vinculados  no  orçamento  vigente,  da Secretaria  Municipal  de  Agricultura _x000D_
 Indústria  e  Comercio  e  dá outras  providencias."</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
     <t>2178</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/235/pl_2178.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/235/pl_2178.2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a criação do Conselho Municipal de Segurança Alimentar e Nutricional e da Câmara Intersetorial de Segurança Alimentar e Nutricional no Município de Nova Brasilândia D’Oeste - RO, no âmbito do Sistema Nacional de Segurança Alimentar e Nutricional (SISAN)."</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
     <t>2179</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/236/pl_2179.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/236/pl_2179.2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a abertura de crédito adicional Suplementar por excesso de arrecadação, no orçamento vigente da Secretaria Municipal de Assistência Social e dá   outras providencias."</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
     <t>2180</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/237/pl_2180.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/237/pl_2180.2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a abertura de crédito adicional Suplementar Especial por Recursos Vinculados no orçamento vigente da Secretaria Municipal de Assistência Social e dá   outras providencias."</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
     <t>2181</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/241/pl_2181.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/241/pl_2181.2025.pdf</t>
   </si>
   <si>
     <t>"Altera o artigo 8º da Lei Municipal nº 1.469/2019, que dispõe sobre a regularização das chácaras urbanizáveis do Setor nº 03 Chacareiro do Município de Nova Brasilândia D’Oeste – RO, e revoga a Lei Municipal nº 1.660/2021."</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
     <t>2182</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/240/pl_2182.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/240/pl_2182.2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a abertura de crédito adicional Especial por recursos vinculados no orçamento vigente, da Secretaria Municipal de Obras e Serviços Públicos e dá   outras providencias."</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
     <t>2183</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/242/2183.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/242/2183.2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a denominação de prédio público municipal e dá outras providências."</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
     <t>2185</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/244/projeto_de_lei_2185.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/244/projeto_de_lei_2185.2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a abertura de crédito adicional Especial por recursos vinculados no orçamento vigente, da Secretaria Municipal de Esporte e Cultura e dá   outras providencias."</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
     <t>2186</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/247/2186.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/247/2186.pdf</t>
   </si>
   <si>
     <t>"Institui o Programa Mentes Brilhantes Talentos em Formação, no âmbito do Município de Nova Brasilândia D’Oeste, e dá outras providências."</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
     <t>2187</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/</t>
   </si>
   <si>
     <t>"Acrescenta do Art. 26 - A §1º, §2, §3º e 4§,  na Lei Orgânica do Município de Nova Brasilândia D`Oeste-RO."</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
     <t>2188</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/256/projeto_de_lei_2188.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/256/projeto_de_lei_2188.2025.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL POR RECURSOS VINCULADOS NO ORÇAMENTO VIGENTE DO FUNDO DE SAÚDE E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
     <t>2189</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/249/projeto_de_lei_2189.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/249/projeto_de_lei_2189.2025.pdf</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
     <t>2190</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/250/2190.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/250/2190.2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a alteração dos incisos II e IV do art. 7º, § 4º do art. 8º e art. 14 ao 22 e Anexo I da Lei n° 1946/2025, elevação salarial dos cargos da Central Permanente de Compras (CPC), no âmbito do Município de Nova Brasilândia D´Oeste/RO, e dá outras providências."</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
     <t>2191</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/251/pl_2191.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/251/pl_2191.2025.pdf</t>
   </si>
   <si>
     <t>"Revoga as Leis Municipais nº 1.872/2024 e nº 1.944/2025, dispõe novamente sobre a indenização de campo no âmbito do Município de Nova Brasilândia D’Oeste/RO, atualizando os valores em 50%, e dá outras providências."</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
     <t>2192</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/291/2192.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/291/2192.2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre as diretrizes para a elaboração da lei orçamentária anual de 2026 e dá outras providências."</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
     <t>2195</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/255/projeto_de_lei_2195.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/255/projeto_de_lei_2195.2025.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR ANULAÇÃO DE DOTAÇÃO NO ORÇAMENTO VIGENTE DA SECRETARIA MUNICIPAL DA EDUCAÇÃO."</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
     <t>2196</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/260/projeto_de_lei_2196.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/260/projeto_de_lei_2196.2025.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal  a  celebrar  Termo  de Convênio com a Associação Comercial e Empresarial  de  Nova  Brasilândia D’Oeste – ACEBRAS,  visando  à transferência  de  recursos  financeiros para  realização  eventos  culturais,  e  dá outras providências."</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
     <t>2197</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/257/projeto_de_lei_2197.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/257/projeto_de_lei_2197.2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a abertura de crédito adicional especial por recursos vinculados no orçamento vigente da Secretaria Municipal de Obras e Serviços Públicos e dá outras providências."</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
     <t>2198</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/261/pl_2198.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/261/pl_2198.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a abertura de crédito adicional Suplementar por Excesso de Arrecadação no orçamento Vigente da Secretaria Municipal de Saúde."</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
     <t>2199</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/266/pl_2199.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/266/pl_2199.2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a abertura de crédito adicional suplementar por excesso de arrecadação no orçamento vigente, da Secretaria Municipal de Obras e Serviços Públicos e dá outras providencias."</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
     <t>2200</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/262/pl_2200.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/262/pl_2200.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a abertura de crédito adicional Especial por Recursos vinculados no orçamento Vigente da Secretaria Municipal de Educação."</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
     <t>2201</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/270/pl_2201.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/270/pl_2201.2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a abertura de crédito adicional Suplementar por Anulação de Dotação no orçamento Vigente da Secretaria Municipal de Educação."</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
     <t>2202</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/269/pl_2202.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/269/pl_2202.2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a abertura de crédito adicional especial por recursos vinculados no orçamento vigente do Fundo Municipal de Saúde e dá outras_x000D_
 providencias."</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
     <t>2203</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/268/pl_2203.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/268/pl_2203.2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a abertura de crédito adicional especial por recursos vinculados no orçamento vigente do Fundo Municipal de Saúde e dá outras_x000D_
 providências."</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
     <t>2204</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/267/pl_2204.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/267/pl_2204.2025.pdf</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
     <t>2205</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/274/pl_2205.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/274/pl_2205.2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a abertura de crédito adicional Suplementar por Anulação de Dotação no orçamento Vigente da Secretaria Municipal de Obras e Serviços Públicos e dá outras providencias."</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
     <t>2206</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/273/2206.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/273/2206.2025.pdf</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
     <t>2207</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/272/pl_2207.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/272/pl_2207.2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a abertura de crédito adicional especial por recursos vinculados no orçamento vigente do Fundo Municipal de Saúde e dá outras providências."</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
     <t>2208</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/271/projeto_de_lei_2208.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/271/projeto_de_lei_2208.2025.pdf</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
     <t>2209</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/276/2209.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/276/2209.2025.pdf</t>
   </si>
   <si>
     <t>"Regula o parcelamento do solo do Setor 09 do município de Nova Brasilândia d’oeste/RO e dá outras providências."</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
     <t>2210</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/282/2210.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/282/2210.2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a abertura de crédito adicional Especial por recursos vinculados no orçamento vigente, da Secretaria Municipal de Obras e Serviços Públicos e dá outras providencias."</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
     <t>2211</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/281/2211.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/281/2211.2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a aplicação do §3º do art. 48 da Lei Complementar Federal nº 123, de 14 de dezembro de 2006, no âmbito do Município de Nova Brasilândia D’Oeste/RO, e dá outras providências."</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
     <t>2212</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/278/2212.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/278/2212.2025.pdf</t>
   </si>
   <si>
     <t>"Institui o programa de Regularização Fiscal do Município de Nova Brasilândia D’Oeste- REFIS/NBO no ano de 2025"</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
     <t>2213</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/280/2213.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/280/2213.2025.pdf</t>
   </si>
   <si>
     <t>"Reestrutura o Sistema de Controle Interno  do  Município  de  Nova  Brasilândia D’Oeste/RO, fundamentado na  IN  nº  58/2017-TCE/RO  e  nos  princípios do modelo COSO, e dá outras providências."</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
     <t>2214</t>
   </si>
   <si>
     <t>"Dispõe sobre a Criação do Conselho Municipal de  Usuários  dos  Serviços  Públicos  e  dá  outras providências."</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
     <t>2215</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/284/2215.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/284/2215.2025.pdf</t>
   </si>
   <si>
     <t>"Institui o Código de Ética e Conduta dos Servidores Públicos e Demais Colaboradores da Administração Pública Direta e Indireta do Município de Nova_x000D_
 Brasilândia D’Oeste/RO e dá outras providências."</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
     <t>2216</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/303/2216.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/303/2216.2025.pdf</t>
   </si>
   <si>
     <t>"Altera dispositivos da Lei Municipal nº 1.732/2022, que dispõe sobre a Política Municipal dos Direitos da Criança e do Adolescente e o funcionamento do Conselho Tutelar de Nova Brasilândia D’Oeste – RO, e dá outras providências."</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
     <t>2217</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/285/2217.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/285/2217.2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a abertura de crédito adicional Especial por recurso vinculados no orçamento vigente, da Secretaria Municipal de Agricultura Industria e Comércio e dá outras providencias."</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
     <t>2218</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/283/2218.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/283/2218.2025.pdf</t>
   </si>
   <si>
     <t>"Regula o parcelamento do solo do Setor  09  do  município  de  Nova  Brasilândia d’oeste/RO e dá outras providências."</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
     <t>2219</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/277/2219.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/277/2219.2025.pdf</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
     <t>2220</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/293/2220.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/293/2220.2025.pdf</t>
   </si>
   <si>
     <t>"Institui o Plano Plurianual do Município de Nova Brasilândia D’Oeste, para os exercícios de 2026 a 2029, e dá outras providências."</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
     <t>2221</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/292/2221.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/292/2221.2025.pdf</t>
   </si>
   <si>
     <t>"Estima as Receitas e Fixa as Despesas para o Orçamento Programa do Exercício de 2026."</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
     <t>2222</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/287/cria_conselho_de_cultura.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/287/cria_conselho_de_cultura.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a criação do Conselho Municipal de Cultura do Município de Nova Brasilândia D’Oeste – RO e dá outras providências."</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
     <t>2223</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/306/pl_2223.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/306/pl_2223.2025.pdf</t>
   </si>
   <si>
     <t>"Regulamenta o credenciamento de pessoas jurídicas para a prestação de serviços de profissionais da área da saúde no âmbito da rede pública municipal de saúde, mediante chamamento público, e dá outras providências."</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
     <t>2224</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/290/2224.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/290/2224.2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a abertura de crédito adicional suplementar por excesso de arrecadação no orçamento vigente, da Secretaria Municipal de Educação e dá outras providencias."</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
     <t>2225</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/288/2225.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/288/2225.2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a abertura de crédito adicional Especial por Recursos Vinculados, no orçamento vigente da Secretaria Municipal de Assistência Social e dá outras providencias."</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
     <t>2226</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/307/2226.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/307/2226.2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a abertura de crédito adicional especial por recursos vinculados no orçamento vigente do Fundo Municipal de Saúde e dá outras providencias."</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
     <t>2227</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/295/2227.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/295/2227.2025.pdf</t>
   </si>
   <si>
     <t>"Declara de Utilidade Pública Municipal a Sociedade Beneficente Latino-Americano da Amazônia – SBLAA – Santa Casa de Rondônia, e dá outras providências."</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
     <t>2228</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/296/2228.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/296/2228.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a celebrar Termo de Convênio com a Associação Comercial e Empresarial de Nova Brasilândia D’Oeste – ACEBRAS, visando à transferência de recursos financeiros para aquisição e instalação de enfeites natalinos, e dá outras providências."</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
     <t>2229</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/308/2229.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/308/2229.2025.pdf</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
     <t>2230</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/302/2230.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/302/2230.2025.pdf</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
     <t>2231</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/301/2231.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/301/2231.2025.pdf</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
     <t>2232</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/323/2232.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/323/2232.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a abertura de crédito adicional Especial por recursos vinculados no orçamento vigente, da Secretaria Municipal de Agricultura Industria e Comercio e dá outras providencias."</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
     <t>2233</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/310/2233.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/310/2233.2025.pdf</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
     <t>2234</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/311/2234.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/311/2234.2025.pdf</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
     <t>2235</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/300/2235.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/300/2235.2025.pdf</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
     <t>2236</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/312/2236.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/312/2236.2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a abertura de crédito adicional suplementar por Superavit Financeiro no orçamento vigente, da Secretaria Municipal de Educação e dá outras providencias."</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
     <t>2237</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/304/2237.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/304/2237.2025.pdf</t>
   </si>
   <si>
     <t>"Altera a Lei Municipal nº 1929/2025, que dispõe sobre a estrutura administrativa da Câmara Municipal de Nova Brasilândia D’Oeste/RO, para modificar a_x000D_
 nomenclatura do cargo comissionado de Procurador, e dá outras providências."</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
     <t>2238</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/309/2232.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/309/2232.2025.pdf</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
     <t>2239</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/313/2239.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/313/2239.2025.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a conceder premiação em dinheiro para os eventos esportivos e culturais no Município de Nova Brasilândia D’Oeste/RO e dá outras providências."</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
     <t>2240</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/314/2240.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/314/2240.2025.pdf</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
     <t>2241</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/315/2241.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/315/2241.2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a abertura de crédito adicional especial por recursos vinculados, no orçamento vigente do Fundo Municipal de Saúde e dá outras_x000D_
 providencias."</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
     <t>2242</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/316/2242.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/316/2242.2025.pdf</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
     <t>2243</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/317/2243.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/317/2243.2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a abertura de crédito adicional Especial por Recursos vinculados, no orçamento vigente da Secretaria Municipal de Assistência_x000D_
 Social e dá outras providencias."</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
     <t>2244</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/318/2244.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/318/2244.2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a abertura de crédito adicional especial por recursos vinculados, no orçamento vigente da Secretaria Municipal de_x000D_
 Administração e dá outras providencias."</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
     <t>2245</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/319/2245.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/319/2245.2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a abertura de crédito adicional Especial por recursos vinculados no orçamento vigente, da Secretaria Municipal de Agricultura_x000D_
 Industria e Comércio e dá outras providencias."</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
     <t>2246</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/320/2246.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/320/2246.2025.pdf</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
     <t>2247</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/321/2247.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/321/2247.2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a abertura de crédito adicional Especial por recursos vinculados no orçamento vigente, da Secretaria Municipal de Agricultura Industria e Comércio e dá outras providencias."</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
     <t>2248</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/324/2248.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/324/2248.2025.pdf</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
     <t>2249</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/325/2249.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/325/2249.2025.pdf</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
     <t>2250</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/326/2250.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/326/2250.2025.pdf</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
     <t>2251</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/327/2251.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/327/2251.2025.pdf</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
     <t>2252</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/328/2252.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/328/2252.2025.pdf</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
     <t>2253</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/329/2253.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/329/2253.2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a concessão de revisão geral anual ao salário dos servidores públicos municipais e dá outras providências."</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
     <t>2254</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/331/2254.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/331/2254.2025.pdf</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
     <t>2255</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/336/2255.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/336/2255.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de crédito adicional especial por recursos vinculados no orçamento vigente do Fundo Municipal de Saúde e dá outras_x000D_
 providencias.</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
     <t>2256</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/332/2256.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/332/2256.2025.pdf</t>
   </si>
   <si>
     <t>"Dá denominação à Unidade Básica de Saúde do Setor 15 do Município de Nova Brasilândia D’Oeste."</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
     <t>2257</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/337/pl_2257.2026.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/337/pl_2257.2026.pdf</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
     <t>JOCELINO SAIDLER</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/190/solicitacao_titulo_cidadao_honorario.docx.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/190/solicitacao_titulo_cidadao_honorario.docx.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO TÍTULO DE CIDADÃO HONORÁRIO.</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>SECRETARIA LEIGISLATIVA - SEC. LEG.</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/213/requerimento_ana_paula.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/213/requerimento_ana_paula.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO VEREADOR ANA PAULA A. P. CAPPELLI</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
     <t>PE</t>
   </si>
   <si>
     <t>PROJETO DE EMENDA</t>
   </si>
   <si>
     <t>CPFO - COMISSÃO PERMANENTE DE FINANÇAS E ORÇAMENTO</t>
   </si>
   <si>
     <t>"Altera o Projeto de Lei 2221/2025"</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
     <t>ATA</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/180/ata_1a_sessao_ordinaria.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/180/ata_1a_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DA 1ª SESSÃO ORDINÁRIA REALIZADA NO DIA 03 DE FEVEREIRO DE 2025.</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/181/ata_2a_sessao_ordinaria.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/181/ata_2a_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DA 2ª SESSÃO ORDINÁRIA REALIZADA NO DIA 10.02.2025</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/182/ata_3a_sessao_ordinaria.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/182/ata_3a_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DA 3ª SESSÃO ORDINÁRIA, REALIZADA NO DIA 17 DE FEVEREIRO DE 2025.</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/186/ata_4a_sessao_ordinaria.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/186/ata_4a_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DA 4ª SESSÃO ORDINÁRIA, REALIZADA NO DIA 24 DE FEVEREIRO DE 2025.</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/187/ata_5a_sessao_ordinaria_realizada_no_dia_06.03.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/187/ata_5a_sessao_ordinaria_realizada_no_dia_06.03.2025.pdf</t>
   </si>
   <si>
     <t>ATA 5ª SESSÃO ORDINÁRIA REALIZADA NO DIA 06 DE MARÇO DE 2025.</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/188/ata_6a_sessao_ordinaria.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/188/ata_6a_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA 6ª SESSÃO ORDINÁRIA DA CÂMARA MUNICIPAL, REALIZADA NO DIA 10 DE MARÇO DE 2025.</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/191/ata_7a_sessao_ordinaria.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/191/ata_7a_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA DA 7ª SESSÃO ORDINÁRIA, REALIZADA NO DIA 17 DE MARÇO DE 2025.</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/194/ata_8a_sessao_ordinaria.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/194/ata_8a_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA 8ª SESSÃO ORDINÁRIA.</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/196/ata_9a_sessao_ordinaria.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/196/ata_9a_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA 9ª SESSÃO ORDINÁRIA 2025.</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/201/ata_10a_sessao_ordinaria.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/201/ata_10a_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA 10ª SESSÃO ORDINÁRIA DESTE PODER LEGISLATIVO.</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/205/ata_10a_sessao_ordinaria.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/205/ata_10a_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA 11ª SESSÃO ORDINÁRIA DE 2025.</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/206/ata_12a_sessao_ordinaria.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/206/ata_12a_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA 12ª SESSÃO ORDINÁRIA 21.05.2025</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/214/ata_13a_sessao_ordinaria.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/214/ata_13a_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA 13ª SESSÃO ORDINÁRIA.</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/218/ata_14a_sessao_ordinaria.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/218/ata_14a_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA 14ª SESSÃO ORDINÁRIA, REALIZADA NO DIA 05 DE MAIO DE 2025.</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/219/ata_15a_sessao_ordinaria.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/219/ata_15a_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA 15ª SESSÃO ORDINÁRIA.</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/226/ata_16a_sessao_ordinaria.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/226/ata_16a_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA 16ª SESSÃO ORDINÁRIA, REALIZADA NO DIA 19 DE MAIO DE 2025.</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/227/ata_17a_sessao_ordinaria.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/227/ata_17a_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA 17ª SESSÃO ORDINÁRIA REALIZADA NO DIA 26.05.2025.</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/229/ata_18a_sessao_ordinaria.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/229/ata_18a_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>ATA 18ª SESSÃO ORDINÁRIA, REALIZADA NO DIA 02.06.2025.</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/230/ata_19a_sessao_ordinaria_09.06.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/230/ata_19a_sessao_ordinaria_09.06.2025.pdf</t>
   </si>
   <si>
     <t>ATA 19ª SESSÃO ORDINÁRIA, REALIZADA NO DIA 09.06.2025.</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/233/ata_20a_sessao_ordinaria_16.06.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/233/ata_20a_sessao_ordinaria_16.06.2025.pdf</t>
   </si>
   <si>
     <t>ATA 20ª SESSÃO ORDINÁIRA, REALIZADA NO DIA 16 DE JUNHO DE 2025.</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/234/ata_21a_sessao_ordinaria_23.06.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/234/ata_21a_sessao_ordinaria_23.06.2025.pdf</t>
   </si>
   <si>
     <t>ATA 21ª SESSÃO ORDINÁRIA REALIZADA NO DIA 23 DE JUNHO DE 2025.</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/238/ata_22a_sessao_ordinaria_30.06.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/238/ata_22a_sessao_ordinaria_30.06.2025.pdf</t>
   </si>
   <si>
     <t>ATA DA 22ª SESSÃO ORDINÁRIA, REALIZADA NO DIA 30 DE JUNHO DE 2025.</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/239/ata_23a_sessao_ordinaria_07.07.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/239/ata_23a_sessao_ordinaria_07.07.2025.pdf</t>
   </si>
   <si>
     <t>ATA 23ª SESSÃO ORDINÁRIA REALIZADA NO DIA 07.07.2025.</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/243/ata_24a_sessao_ordinaria_14.07.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/243/ata_24a_sessao_ordinaria_14.07.2025.pdf</t>
   </si>
   <si>
     <t>ATA 24ª SESSÃO ORDINÁRIA, REALIZADA NO DIA 14 DE JULHO DE 2025.</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/245/ata_25a_sessao_ordinaria_04.08.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/245/ata_25a_sessao_ordinaria_04.08.2025.pdf</t>
   </si>
   <si>
     <t>ATA 25ª SESSÃO ORDINÁRIA, REALIZADA NO DIA 04 DE AGOSTO DE 2025.</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/246/ata_26a_sessao_ordinaria_realizada_no_dia_11.08.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/246/ata_26a_sessao_ordinaria_realizada_no_dia_11.08.2025.pdf</t>
   </si>
   <si>
     <t>ATA DA 26ª SESSÃO ORDINÁRIA REALIZADA NO DIA 11 DE AGOSTO DE 2025.</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/252/ata_28a_sessao_ordinaria_25.08.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/252/ata_28a_sessao_ordinaria_25.08.pdf</t>
   </si>
   <si>
     <t>ATA 28ª SESSÃO ORDINÁRIA, REALIZADA NO DIA 25 DE AGOSTO DE 2025.</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/253/ata_29a_sessao_ordinaria_01.09.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/253/ata_29a_sessao_ordinaria_01.09.2025.pdf</t>
   </si>
   <si>
     <t>ATA DA 29ª SESSÃO ORDINÁRIA, REALIZADA NO DIA 01 DE SETEMBRO DE 2025.</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/254/ata_30a_sessao_ordinaria_08.09.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/254/ata_30a_sessao_ordinaria_08.09.2025.pdf</t>
   </si>
   <si>
     <t>ATA 30ª SESSÃO ORDINÁRIA, REALIZADA NO DIA 08 DE SETEMBRO DE 2025.</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/258/ata_31a_sessao_ordinaria_15.09.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/258/ata_31a_sessao_ordinaria_15.09.2025.pdf</t>
   </si>
   <si>
     <t>ATA 31ª SESSÃO ORDINÁRIA, REALIZADA NO DIA 15 DE SETEMBRO DE 2025.</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/259/ata_32a_sessao_ordinaria_22.09.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/259/ata_32a_sessao_ordinaria_22.09.2025.pdf</t>
   </si>
   <si>
     <t>ATA 32ª SESSÃO ORDINÁRIA, REALIZADA NO DIA 22 DE SETEMBRO DE 2025.</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/263/ata_33a_sessao_ordinaria_29.09.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/263/ata_33a_sessao_ordinaria_29.09.2025.pdf</t>
   </si>
   <si>
     <t>ATA 33ª SESSÃO ORDINÁRIA, REALIZADA NO DIA 29 DE SETEMBRO DE 2025.</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/265/ata_34a_sessao_ordinaria_06.10.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/265/ata_34a_sessao_ordinaria_06.10.2025.pdf</t>
   </si>
   <si>
     <t>ATA 34ª SESSÃO ORDINÁRIA, REALIZADA NO DIA 06 DE OUTUBRO DE 2025.</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/275/ata_35a_sessao_ordinaria_06.10.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/275/ata_35a_sessao_ordinaria_06.10.2025.pdf</t>
   </si>
   <si>
     <t>ATA 35ª SESSÃO ORDINÁRIA, REALIZADA NO DIA 13 DE OUTUBRO DE 2025.</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/286/ata_38a_sessao_ordinaria_03.11.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/286/ata_38a_sessao_ordinaria_03.11.2025.pdf</t>
   </si>
   <si>
     <t>Ata 38ª Sessão Ordinária, realizada no dia 03 de novembro de 2025.</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/289/ata_39a_sessao_ordinaria_10.11.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/289/ata_39a_sessao_ordinaria_10.11.2025.pdf</t>
   </si>
   <si>
     <t>ATA 39º SESSÃO ORDINÁRIA REALIZADA NO DIA 10 DE NOVEMBRO DE 2025.</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/294/ata_40a_sessao_ordinaria_17.11.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/294/ata_40a_sessao_ordinaria_17.11.2025.pdf</t>
   </si>
   <si>
     <t>ATA 40ª SESSÃO ORDINÁRIA, REALIZADA NO DIA 17 DE NOVEMBRO DE 2025.</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/305/ata_41a_sessao_ordinaria_24.11.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/305/ata_41a_sessao_ordinaria_24.11.2025.pdf</t>
   </si>
   <si>
     <t>ATA 41ª SESSÃO ORDINÁRIA REALIZADA NO DIA 24 DE NOVEMBRO DE 2025.</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/322/ata_42a_sessao_ordinaria_01.12.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/322/ata_42a_sessao_ordinaria_01.12.2025.pdf</t>
   </si>
   <si>
     <t>ATA 42ª SESSÃO ORDINÁRIA, REALIZADA NO DIA 01 DE AGOSTO DE 2025.</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/330/ata_43a_sessao_ordinaria_08.12.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/330/ata_43a_sessao_ordinaria_08.12.2025.pdf</t>
   </si>
   <si>
     <t>ATA 43ª SESSÃO ORDINÁRIA, REALIZADA NO DIA 08 DE DEZEMBRO DE 2025.</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/334/ata_44a_sessao_ordinaria_15.12.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/334/ata_44a_sessao_ordinaria_15.12.2025.pdf</t>
   </si>
   <si>
     <t>ATA 44ª SESSÃO ORDINÁRIA, REALIZADA NO DIA 15 DE DEZEMBRODE 2025</t>
   </si>
   <si>
+    <t>339</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/339/ata_45a_sessao_ordinaria_22.12.2025.pdf</t>
+  </si>
+  <si>
+    <t>ATA 45ª SESSÃO ORDINÁRIA DESTE PODER LEGISLATIVO, REALIZADA NO DIA 22.12.2025</t>
+  </si>
+  <si>
     <t>264</t>
   </si>
   <si>
     <t>ATA DE SESSÃO EXTRAORDINÁRIA</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/264/ata_4a_sessao_extraordinaria_01.10.2025.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/264/ata_4a_sessao_extraordinaria_01.10.2025.pdf</t>
   </si>
   <si>
     <t>ATA DA 4ª SESSÃO EXTRAORDINÁRIA, REALIZADA NO DIA 01 DE OUTUBRO DE 2025.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2263,68 +2275,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/195/poder_legislativo.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/204/projeto_de_resolucao_n004.2025_-_altera_a_resolucao_003.2023_auxilio_saude.docx.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/298/projeto_de_resolucao_blazer.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/299/projeto_de_resolucao_hino.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/333/projeto_de_resolucao_n007.2025_abono_natalino.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/178/projeto_de_lei_revisao.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/179/pl_2140.2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/297/projeto_de_lei_no_2141.2025_-_altera_o_art._12_da_lei_municipal_no_1912.2025_e_da_outras_providencias.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/185/pl_2143.2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/184/pl_2144.2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/183/pl_2145.2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/189/pl_2146.2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/197/2147.2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/193/2148.2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/192/pl_2150.2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/198/pl_2151.2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/199/pl_2153.2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/200/pl_2154.2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/203/altera_lei_1571.2021.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/207/pl_2157.2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/211/pl2158.2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/212/pl_2159.2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/210/pl_2160.2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/208/pl_2161.2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/209/pl_2162.2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/202/2163.2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/215/2164.2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/216/2165.2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/217/pl_2166.2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/225/2167.2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/220/2168.2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/224/2169.2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/221/2171.2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/222/2172.2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/223/2174.2025_projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/228/pl_2175.2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/232/projeto_de_lei_2176.2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/231/proejto_de_lei_2177.2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/235/pl_2178.2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/236/pl_2179.2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/237/pl_2180.2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/241/pl_2181.2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/240/pl_2182.2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/242/2183.2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/244/projeto_de_lei_2185.2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/247/2186.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/256/projeto_de_lei_2188.2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/249/projeto_de_lei_2189.2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/250/2190.2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/251/pl_2191.2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/291/2192.2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/255/projeto_de_lei_2195.2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/260/projeto_de_lei_2196.2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/257/projeto_de_lei_2197.2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/261/pl_2198.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/266/pl_2199.2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/262/pl_2200.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/270/pl_2201.2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/269/pl_2202.2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/268/pl_2203.2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/267/pl_2204.2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/274/pl_2205.2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/273/2206.2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/272/pl_2207.2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/271/projeto_de_lei_2208.2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/276/2209.2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/282/2210.2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/281/2211.2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/278/2212.2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/280/2213.2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/284/2215.2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/303/2216.2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/285/2217.2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/283/2218.2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/277/2219.2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/293/2220.2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/292/2221.2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/287/cria_conselho_de_cultura.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/306/pl_2223.2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/290/2224.2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/288/2225.2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/307/2226.2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/295/2227.2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/296/2228.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/308/2229.2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/302/2230.2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/301/2231.2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/323/2232.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/310/2233.2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/311/2234.2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/300/2235.2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/312/2236.2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/304/2237.2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/309/2232.2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/313/2239.2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/314/2240.2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/315/2241.2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/316/2242.2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/317/2243.2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/318/2244.2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/319/2245.2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/320/2246.2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/321/2247.2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/324/2248.2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/325/2249.2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/326/2250.2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/327/2251.2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/328/2252.2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/329/2253.2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/331/2254.2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/336/2255.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/332/2256.2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/337/pl_2257.2026.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/190/solicitacao_titulo_cidadao_honorario.docx.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/213/requerimento_ana_paula.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/180/ata_1a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/181/ata_2a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/182/ata_3a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/186/ata_4a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/187/ata_5a_sessao_ordinaria_realizada_no_dia_06.03.2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/188/ata_6a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/191/ata_7a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/194/ata_8a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/196/ata_9a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/201/ata_10a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/205/ata_10a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/206/ata_12a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/214/ata_13a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/218/ata_14a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/219/ata_15a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/226/ata_16a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/227/ata_17a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/229/ata_18a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/230/ata_19a_sessao_ordinaria_09.06.2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/233/ata_20a_sessao_ordinaria_16.06.2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/234/ata_21a_sessao_ordinaria_23.06.2025.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/238/ata_22a_sessao_ordinaria_30.06.2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/239/ata_23a_sessao_ordinaria_07.07.2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/243/ata_24a_sessao_ordinaria_14.07.2025.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/245/ata_25a_sessao_ordinaria_04.08.2025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/246/ata_26a_sessao_ordinaria_realizada_no_dia_11.08.2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/252/ata_28a_sessao_ordinaria_25.08.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/253/ata_29a_sessao_ordinaria_01.09.2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/254/ata_30a_sessao_ordinaria_08.09.2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/258/ata_31a_sessao_ordinaria_15.09.2025.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/259/ata_32a_sessao_ordinaria_22.09.2025.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/263/ata_33a_sessao_ordinaria_29.09.2025.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/265/ata_34a_sessao_ordinaria_06.10.2025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/275/ata_35a_sessao_ordinaria_06.10.2025.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/286/ata_38a_sessao_ordinaria_03.11.2025.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/289/ata_39a_sessao_ordinaria_10.11.2025.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/294/ata_40a_sessao_ordinaria_17.11.2025.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/305/ata_41a_sessao_ordinaria_24.11.2025.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/322/ata_42a_sessao_ordinaria_01.12.2025.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/330/ata_43a_sessao_ordinaria_08.12.2025.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/334/ata_44a_sessao_ordinaria_15.12.2025.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/264/ata_4a_sessao_extraordinaria_01.10.2025.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/195/poder_legislativo.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/204/projeto_de_resolucao_n004.2025_-_altera_a_resolucao_003.2023_auxilio_saude.docx.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/298/projeto_de_resolucao_blazer.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/299/projeto_de_resolucao_hino.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/333/projeto_de_resolucao_n007.2025_abono_natalino.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/178/projeto_de_lei_revisao.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/179/pl_2140.2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/297/projeto_de_lei_no_2141.2025_-_altera_o_art._12_da_lei_municipal_no_1912.2025_e_da_outras_providencias.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/185/pl_2143.2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/184/pl_2144.2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/183/pl_2145.2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/189/pl_2146.2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/197/2147.2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/193/2148.2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/192/pl_2150.2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/198/pl_2151.2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/199/pl_2153.2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/200/pl_2154.2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/203/altera_lei_1571.2021.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/207/pl_2157.2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/211/pl2158.2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/212/pl_2159.2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/210/pl_2160.2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/208/pl_2161.2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/209/pl_2162.2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/202/2163.2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/215/2164.2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/216/2165.2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/217/pl_2166.2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/225/2167.2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/220/2168.2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/224/2169.2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/221/2171.2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/222/2172.2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/223/2174.2025_projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/228/pl_2175.2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/232/projeto_de_lei_2176.2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/231/proejto_de_lei_2177.2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/235/pl_2178.2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/236/pl_2179.2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/237/pl_2180.2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/241/pl_2181.2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/240/pl_2182.2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/242/2183.2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/244/projeto_de_lei_2185.2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/247/2186.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/256/projeto_de_lei_2188.2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/249/projeto_de_lei_2189.2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/250/2190.2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/251/pl_2191.2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/291/2192.2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/255/projeto_de_lei_2195.2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/260/projeto_de_lei_2196.2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/257/projeto_de_lei_2197.2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/261/pl_2198.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/266/pl_2199.2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/262/pl_2200.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/270/pl_2201.2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/269/pl_2202.2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/268/pl_2203.2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/267/pl_2204.2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/274/pl_2205.2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/273/2206.2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/272/pl_2207.2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/271/projeto_de_lei_2208.2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/276/2209.2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/282/2210.2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/281/2211.2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/278/2212.2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/280/2213.2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/284/2215.2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/303/2216.2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/285/2217.2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/283/2218.2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/277/2219.2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/293/2220.2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/292/2221.2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/287/cria_conselho_de_cultura.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/306/pl_2223.2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/290/2224.2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/288/2225.2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/307/2226.2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/295/2227.2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/296/2228.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/308/2229.2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/302/2230.2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/301/2231.2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/323/2232.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/310/2233.2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/311/2234.2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/300/2235.2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/312/2236.2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/304/2237.2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/309/2232.2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/313/2239.2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/314/2240.2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/315/2241.2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/316/2242.2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/317/2243.2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/318/2244.2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/319/2245.2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/320/2246.2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/321/2247.2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/324/2248.2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/325/2249.2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/326/2250.2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/327/2251.2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/328/2252.2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/329/2253.2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/331/2254.2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/336/2255.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/332/2256.2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/337/pl_2257.2026.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/190/solicitacao_titulo_cidadao_honorario.docx.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/213/requerimento_ana_paula.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/180/ata_1a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/181/ata_2a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/182/ata_3a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/186/ata_4a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/187/ata_5a_sessao_ordinaria_realizada_no_dia_06.03.2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/188/ata_6a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/191/ata_7a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/194/ata_8a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/196/ata_9a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/201/ata_10a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/205/ata_10a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/206/ata_12a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/214/ata_13a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/218/ata_14a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/219/ata_15a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/226/ata_16a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/227/ata_17a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/229/ata_18a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/230/ata_19a_sessao_ordinaria_09.06.2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/233/ata_20a_sessao_ordinaria_16.06.2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/234/ata_21a_sessao_ordinaria_23.06.2025.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/238/ata_22a_sessao_ordinaria_30.06.2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/239/ata_23a_sessao_ordinaria_07.07.2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/243/ata_24a_sessao_ordinaria_14.07.2025.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/245/ata_25a_sessao_ordinaria_04.08.2025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/246/ata_26a_sessao_ordinaria_realizada_no_dia_11.08.2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/252/ata_28a_sessao_ordinaria_25.08.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/253/ata_29a_sessao_ordinaria_01.09.2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/254/ata_30a_sessao_ordinaria_08.09.2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/258/ata_31a_sessao_ordinaria_15.09.2025.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/259/ata_32a_sessao_ordinaria_22.09.2025.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/263/ata_33a_sessao_ordinaria_29.09.2025.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/265/ata_34a_sessao_ordinaria_06.10.2025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/275/ata_35a_sessao_ordinaria_06.10.2025.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/286/ata_38a_sessao_ordinaria_03.11.2025.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/289/ata_39a_sessao_ordinaria_10.11.2025.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/294/ata_40a_sessao_ordinaria_17.11.2025.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/305/ata_41a_sessao_ordinaria_24.11.2025.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/322/ata_42a_sessao_ordinaria_01.12.2025.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/330/ata_43a_sessao_ordinaria_08.12.2025.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/334/ata_44a_sessao_ordinaria_15.12.2025.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2026/339/ata_45a_sessao_ordinaria_22.12.2025.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2025/264/ata_4a_sessao_extraordinaria_01.10.2025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H161"/>
+  <dimension ref="A1:H162"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="55" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="184.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="183.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -6452,66 +6464,92 @@
       </c>
       <c r="D160" t="s">
         <v>470</v>
       </c>
       <c r="E160" t="s">
         <v>470</v>
       </c>
       <c r="F160" t="s">
         <v>13</v>
       </c>
       <c r="G160" s="1" t="s">
         <v>625</v>
       </c>
       <c r="H160" t="s">
         <v>626</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
         <v>627</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
-        <v>17</v>
+        <v>628</v>
       </c>
       <c r="D161" t="s">
         <v>470</v>
       </c>
       <c r="E161" t="s">
-        <v>628</v>
+        <v>470</v>
       </c>
       <c r="F161" t="s">
         <v>13</v>
       </c>
       <c r="G161" s="1" t="s">
         <v>629</v>
       </c>
       <c r="H161" t="s">
         <v>630</v>
+      </c>
+    </row>
+    <row r="162" spans="1:8">
+      <c r="A162" t="s">
+        <v>631</v>
+      </c>
+      <c r="B162" t="s">
+        <v>9</v>
+      </c>
+      <c r="C162" t="s">
+        <v>17</v>
+      </c>
+      <c r="D162" t="s">
+        <v>470</v>
+      </c>
+      <c r="E162" t="s">
+        <v>632</v>
+      </c>
+      <c r="F162" t="s">
+        <v>13</v>
+      </c>
+      <c r="G162" s="1" t="s">
+        <v>633</v>
+      </c>
+      <c r="H162" t="s">
+        <v>634</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -6632,50 +6670,51 @@
     <hyperlink ref="G137" r:id="rId136"/>
     <hyperlink ref="G138" r:id="rId137"/>
     <hyperlink ref="G139" r:id="rId138"/>
     <hyperlink ref="G140" r:id="rId139"/>
     <hyperlink ref="G141" r:id="rId140"/>
     <hyperlink ref="G142" r:id="rId141"/>
     <hyperlink ref="G143" r:id="rId142"/>
     <hyperlink ref="G144" r:id="rId143"/>
     <hyperlink ref="G145" r:id="rId144"/>
     <hyperlink ref="G146" r:id="rId145"/>
     <hyperlink ref="G147" r:id="rId146"/>
     <hyperlink ref="G148" r:id="rId147"/>
     <hyperlink ref="G149" r:id="rId148"/>
     <hyperlink ref="G150" r:id="rId149"/>
     <hyperlink ref="G151" r:id="rId150"/>
     <hyperlink ref="G152" r:id="rId151"/>
     <hyperlink ref="G153" r:id="rId152"/>
     <hyperlink ref="G154" r:id="rId153"/>
     <hyperlink ref="G155" r:id="rId154"/>
     <hyperlink ref="G156" r:id="rId155"/>
     <hyperlink ref="G157" r:id="rId156"/>
     <hyperlink ref="G158" r:id="rId157"/>
     <hyperlink ref="G159" r:id="rId158"/>
     <hyperlink ref="G160" r:id="rId159"/>
     <hyperlink ref="G161" r:id="rId160"/>
+    <hyperlink ref="G162" r:id="rId161"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>