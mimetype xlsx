--- v0 (2026-01-29)
+++ v1 (2026-03-21)
@@ -54,918 +54,918 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO</t>
   </si>
   <si>
     <t>MESA DIRETORA</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/113/projeto_de_resolucao_001.2024..pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/113/projeto_de_resolucao_001.2024..pdf</t>
   </si>
   <si>
     <t>"Institui o Programa JOVEM APRENDIZ no Poder Legislativo do Municipio de Nova Brasilândia D`Oeste/RO."</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>2068</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>PROJETO DE LEI</t>
   </si>
   <si>
     <t>PODER EXECUTIVO MUNICIPAL - POD. EXEC. MUN.</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/103/projeto_de_lei_2068.2024.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/103/projeto_de_lei_2068.2024.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR, POR EXCESSO DE ARRECADAÇÃO NO ORÇAMENTO VIGENTE DA SECRETARIA DE AÇÃO SOCIAL E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
     <t>2069</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/104/projeto_de_lei_2069.2024.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/104/projeto_de_lei_2069.2024.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL POR RECURSOS VINCULADOS NO ORÇAMENTO VIGENTE DA SECRETARIA DE OBRAS E DÁ OUTRAS PROVIDENCIAS."</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
     <t>2070</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/110/projeto_de_lei_2070.2024.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/110/projeto_de_lei_2070.2024.pdf</t>
   </si>
   <si>
     <t>"REGULAMENTA E CRIA A ESTRUTURA DE COMPRAS CONFORME LEI 14.133/2021."</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>2071</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/105/projeto_de_lei_2071.2024.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/105/projeto_de_lei_2071.2024.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL POR RECURSOS VINCULADOS NO ORÇAMENTO VIGENTE DA SECRETARIA DE EDUCAÇÃO E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t>2072</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/108/projeto_de_lei_2072.2024.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/108/projeto_de_lei_2072.2024.pdf</t>
   </si>
   <si>
     <t>"INSTITUI O HINO OFICIAL DE NOVA BRASILÂNDIA D`OESTE/RO E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>2073</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/107/projeto_de_lei_2073.2024.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/107/projeto_de_lei_2073.2024.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR SUPERÁVIT FINANCEIRO NO ORÇAMENTO VIGENTE DA SECRETARIA DE SAÚDE E DA OUTRAS PROVIDÊNCIAS ."</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>2074</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/106/pl_2074.2024.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/106/pl_2074.2024.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL POR RECURSOS VINCULADOS NO ORÇAMENTO VIGENTE DO FUNDO DE SAÚDE E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>2075</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/109/projeto_de_lei_2075.2024.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/109/projeto_de_lei_2075.2024.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A ABERTURA DE CREDITO ADICIONAL ESPECIAL POR RECURSOS VINCULADOS, NO ORÇAMENTO VIGENTE DA SECRETARIA DE AGRICULTURA E DAS OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
     <t>2076</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/112/projeto_de_lei_2076.2024.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/112/projeto_de_lei_2076.2024.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL POR RECURSOS VINCULADOS NO ORÇAMENTO VIGENTE DA SECRETARIA MUNICIPAL DE OBRAS E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>2077</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/124/pl_2077.2024.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/124/pl_2077.2024.pdf</t>
   </si>
   <si>
     <t>"ALTERA O ART. 5º ,ART. 7º, ART.9º, ART. 13º I, III, E ANEXO I DA LEI 1861/2024 QUE CRIOU A CENTRAL PERMANENTE DE COMPRAS (CPC), REGULAMENTANDO SUAS COMPETÊNCIAS E REMUNERAÇÃO, NO ÂMBITO DO MUNICÍPIO DE NOVA BRASILÂNDIA D´OESTE”.</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>2079</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/121/projeto_de_lei_2079.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/121/projeto_de_lei_2079.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A ABERTURA DE CREDITO ADICIONAL ESPECIAL POR ANULAÇÃO, NO ORÇAMENTO VIGENTE DA SECRETARIA DE OBRAS E DAS OUTRAS PROVIDÊNCIAS. ”</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>2080</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/116/projeto_de_lei_2080.2024.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/116/projeto_de_lei_2080.2024.pdf</t>
   </si>
   <si>
     <t>"REVOGA A LEI 1.496/2020 QUE REVOGOU A LEI MUNICIPAL N°. 1147/2015 E A LEI MUNICIPAL N°. 13262018 E REGULAMENTA O PAGAMENTO DE DIÁRIAS E INDENIZAÇÃO DE DESLOCAMENTO E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
     <t>2081</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/114/projeto_de_lei_2081.2024.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/114/projeto_de_lei_2081.2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a politica de alfabetização do Municipio de Nova Brasilândia D´Oeste-RO e dá outras providências."</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
     <t>2082</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/115/pl_2082.2024.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/115/pl_2082.2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a abertura de crédito adicional especial por recurso vinculado no orçamento vigente da Secretaria de Obras e da outras providências."</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
     <t>2083</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/118/2083.2024.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/118/2083.2024.pdf</t>
   </si>
   <si>
     <t>"INSTITUI O PROGRAMA DE REGULARIZAÇÃO FISCAL DO MUNICIPIO DE NOVA BRASILÂNDIA D`OESTE-REFIS/NBO NO ANO DE 2024."</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
     <t>2084</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/117/projeto_de_lei__2084.2024.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/117/projeto_de_lei__2084.2024.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL POR RECURSOS VINCULADOS NO ORÇAMENTO VIGENTE DO FUNDO DE SAÚDE E DA OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
     <t>2085</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/119/pl_2085.2024.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/119/pl_2085.2024.pdf</t>
   </si>
   <si>
     <t>"ACRESCENTA O INCISO VIII  NO ART. 17 E CRIA O INCISO I NO §2° DO ART. 37 DA LEI 1.836/2023 E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
     <t>2086</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/120/pl_2086.2024.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/120/pl_2086.2024.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO MUNICIPAL A CELEBRAR CONVÊNIO COM A ASSOCIAÇÃO RURAL DOS PAIS E PROFESSORES CHICO MENDES - ESCOLA AGRÍCOLA E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
     <t>2087</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/131/pl_2087.2024.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/131/pl_2087.2024.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Município de Nova Brasilândia D`Oeste a criar o cargo de visitador e dá outras providências."</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
     <t>2088</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/123/pl_2088.2024.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/123/pl_2088.2024.pdf</t>
   </si>
   <si>
     <t>"REVOGA A LEI MUNICIPAL 1472/2019E REGULAMENTA O PAGAMENTO DE INDENIZAÇÃO DE CAMPO, E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
     <t>2089</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/125/pl_2089.2024.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/125/pl_2089.2024.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR ANULAÇÃO DE DOTAÇÃO NO ORÇAMENTO VIGENTE DA CÂMARA MUNICIPAL DE VEREADORES E DA OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
     <t>2090</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/127/projeto_de_lei_2090.2024.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/127/projeto_de_lei_2090.2024.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CRÉDTO ADICIONAL ESPECIAL POR RECURSOS VINCULADOS NO ORÇAMENTO VIGENTE DA SECRETARIA MUNICIPAL DE OBRAS E DA OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
     <t>2091</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/129/pl_2091.2024.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/129/pl_2091.2024.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre alteração do Anexo I da Lei 926/2011, elevação salarial dos cargos Eletricista, Téc. Agrícola, Téc. em Radiologia e Orientador Educacional e das outras providências.”</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
     <t>2092</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/132/pl_2092.2024.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/132/pl_2092.2024.pdf</t>
   </si>
   <si>
     <t>“Alteração no art. 35 , criando os incisos III ao VII e parágrafo único e a criação do art. 36a da lei 1519/2020, dispondo sobre o sistema único de assistência social - SUAS do município de Nova Brasilândia D’oeste/RO, e dá outras providências”.</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
     <t>2093</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/133/pl_2093.2024.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/133/pl_2093.2024.pdf</t>
   </si>
   <si>
     <t>"Autoriza o Poder Executivo Municipal a celebrar convênio com a Federação de Ciclismo de Rondônia - FECRO  e dá outras providências."</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>2094</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/134/pl_2094.2024.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/134/pl_2094.2024.pdf</t>
   </si>
   <si>
     <t>"ALTERA A CARGA HORÁRIA SEMANAL DE TRABALHO DOS SERVIDORES MUNICIPAIS OCUPANTES DO CARGO DE AGENTE DE CONTROLE INTERNO DO INSTITUTO DE PREVIDÊNCIAS MUNICIPAL QUE FORAM RELOTADOS NO QUADRO DE SERVIDORES DO MUNICÍPIO ANTE A EDIÇÃO DA LEI MUNICIPAL N°.1836/2023."</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
     <t>2096</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/135/justificativa_pl_2096.2024.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/135/justificativa_pl_2096.2024.pdf</t>
   </si>
   <si>
     <t>"Altera a Lei Municipal 1317/2017 no Caput do Arts. 5º, Art. 6º, III , Caput dos Art. 14 e 15, Art.33 IX, e dispõe sobre o estágio de alunos dos ensinos médio e superior no Município de Nova Brasilândia D’ Oeste-RO."</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
     <t>2097</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/136/pl_2097.2024.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/136/pl_2097.2024.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a abertura de credito adicional especial por recursos vinculados, no orçamento vigente da Secretaria Municipal de Esportes e Cultura e da outra providencias.”</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t>2098</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/137/projeto_de_lei_2098.2024.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/137/projeto_de_lei_2098.2024.pdf</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
     <t>2099</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/138/projeto_de_lei_2099.2024.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/138/projeto_de_lei_2099.2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre doação sem encargos de área de terreno para construção de Subseção da Ordem dos Advogados do Brasil"</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
     <t>2100</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/142/pl_2100.2024.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/142/pl_2100.2024.pdf</t>
   </si>
   <si>
     <t>"REVOGA AS LEIS 611/2006, 837/2010 E 944/2012 REGULAMENTA E DISCIPLINA O USO DO SOLO URBANO NO SETOR 02 (DOIS) DO MUNICÍPIO DE NOVA BRASILÂNDIA D’OESTE E DISPÕE SOBRE A ALIENAÇÃO DOS RESPECTIVOS IMÓVEIS E DA OUTRAS PROVIDENCIAS."</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>2102</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/140/pl_2102.2024.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/140/pl_2102.2024.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CREDITO ADICIONAL SUPLEMENTAR, POR ANULAÇÃO E POR EXCESSO DE ARRECADAÇÃO, NO ORÇAMENTO VIGENTE DA SECRETARIA DE EDUCAÇÃO E DA OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>2103</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/141/pl_2103.2024.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/141/pl_2103.2024.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CREDITO ADICIONAL SUPLEMENTAR, POR EXCESSO DE ARRECADAÇÃO, NO ORÇAMENTO VIGENTE DA SECRETARIA DE SAÚDE E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
     <t>2104</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/139/pl_2104.2024.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/139/pl_2104.2024.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CREDITO ADICIONAL ESPECIAL POR RECURSOS VINCULADOS E RECURSO DO LEILÃO, NO ORÇAMENTO VIGENTE DA SECRETARIA DE OBRAS E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
     <t>2105</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/143/pl_2105.2024.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/143/pl_2105.2024.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O EXECUTIVO A DAR PREMIAÇÃO A PRODUTOR DE CAFÉ."</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>2106</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/144/pl_2106.2024.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/144/pl_2106.2024.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL POR ANULAÇÃO DE RECURSOS VINCULADOS, NO ORÇAMENTO VIGENTE DA SECRETARIA MUNICIPAL DE ESPORTES E CULTURA E DA OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>2107</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/145/pl_2107.2024.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/145/pl_2107.2024.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTUR DE CRÉDITO ADICIONAL ESPECIAL POR RECURSOS VINCULADOS NO ORÇAMENTO VIGENTE DA SECRETARIA MUNICIPAL DE ESPORTES E CULTURA E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>2108</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/146/2108.2024.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/146/2108.2024.pdf</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>2109</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/147/projeto_de_lei_2109.2024.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/147/projeto_de_lei_2109.2024.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR SUPERAVIT FINANCEIRO NO ORÇAMENTO GIVENTE DA AUTARQUIA SAAE E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>2110</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/148/pl_2110.2024.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/148/pl_2110.2024.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A COBERTURA DE CRÉDITO ADICIONAL ESPECIAL POR ANULAÇÃO RECURSOS VINCULADOS NO ORÇAMENTO VIGENTE DA SECRETARIA MUNICIPAL DE ESPORTES E CULTURA E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>2111</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/149/pl_2111.2024.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/149/pl_2111.2024.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR ANULAÇÃO NO ORÇAMENTO VIGENTE DA SECRETARIA DE OBRAS E SERVIÇOS PÚBLICOS E DÁ OUTRA PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>2112</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/150/pl_2112.2024.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/150/pl_2112.2024.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL POR RECURSOS VINCULADOS NO ORÇAMENTO VIGENTE DA SECRETARIA DE OBRAS E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>2113</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/151/pl_2113.2024.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/151/pl_2113.2024.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CREDITO ADICIONAL ESPECIAL POR RECURSOS VINCULADOS NO ORÇAMENTO VIGENTE DO FUNDO DE SAÚDE E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>2114</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/152/pl_2114.2024.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/152/pl_2114.2024.pdf</t>
   </si>
   <si>
     <t>“REVOGA A LEI 741/2209, A LEI 1080/2014 E A LEI 1754/2022 REGULAMENTANDO E DISCIPLINANDO O USO DO SOLO URBANO DO SETOR 01(UM) DO MUNICÍPIO DE NOVA BRASILÂNDIA D’OESTE DISPONDO SOBRE A ALIENAÇÃO DOS RESPECTIVOS IMÓVEIS E DÁ OUTRAS PROVIDENCIAS.”</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>2115</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/153/pl_2115.2024.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/153/pl_2115.2024.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a abertura de credito adicional suplementar, por excesso de arrecadação, no orçamento vigente da Secretaria de Educação e da outras providências.”</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
     <t>2116</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/154/pl_2116.2024.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/154/pl_2116.2024.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A ABERTURA DE CREDITO ADICIONAL SUPLEMENTAR POR ANULAÇÃO DE DOTAÇÃO NO ORÇAMENTO VIGENTE DA CÂMARA MUNICIPAL DE VEREADORES E DA OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>2117</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/156/pl_2117.2024.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/156/pl_2117.2024.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA ANUAL DE 2025 E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
     <t>2118</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/158/pl_2118.2024.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/158/pl_2118.2024.pdf</t>
   </si>
   <si>
     <t>"ESTIMA AS RECEITAS E FIXA AS DESPESAS PARA O ORÇAMENTO PROGRAMA DE EXERCICIO DE 2025."</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t>2119</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/157/pl_2119.20024.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/157/pl_2119.20024.pdf</t>
   </si>
   <si>
     <t>"INSTITUI A REVISÃO DO PLANO PLURIANUAL DO MUNÍCIPIO DE NOVA BRASILÂNDIA D`OESTE, PARA O EXERCÍIO DE 2025, E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>2120</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/160/projeto_de_lei_2120.2024.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/160/projeto_de_lei_2120.2024.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR EXCESSO DE ARRECADAÇÃO NO ORÇAMENTO VIGENTE DAS SECRETÁRIAS DE OBRAS E SERVIÇOS PÚBLICOS E DE EDUCAÇÃO E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>2121</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/159/pl_2121_saae.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/159/pl_2121_saae.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a abertura de credito adicional suplementar, por anulação, no orçamento vigente da Autarquia SAAE e dá outras providências.”</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
     <t>2122</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/162/pl_2122.2024.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/162/pl_2122.2024.pdf</t>
   </si>
   <si>
     <t>"INSTITUI O PROGRAMA DE REGULARIZAÇÃO FISCAL DO MUNICÍPIO DE NOVA BRASILÂNDIA D`OESTE-REFIS/NBO NO ANO DE 2024."</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
     <t>2123</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/161/pl_2123.2024.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/161/pl_2123.2024.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL POR RECURSOS VINCULADOS NO ORÇAMENTO VIGENTE DA SECRETARIA MUNICIPAL DE OBRAS E DA OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t>2124</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/163/pl_2124.2024.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/163/pl_2124.2024.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR SUPERVIT FINANCEIRO NO ORÇAMENTO VIGENTE DA AUTARQUIA SAAE E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>2125</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/175/pl_2125.2024.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/175/pl_2125.2024.pdf</t>
   </si>
   <si>
     <t>"Institui a revisão do Plano Plurianual do Município de Nova Brasilândia D`Oeste, para o exercício de 2025 e dá outras providências."</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>2126</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/176/pl_2126.2024.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/176/pl_2126.2024.pdf</t>
   </si>
   <si>
     <t>"Estima receita e fixa as despesas para o orçamento programa do exercício de 2025."</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
     <t>2127</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/167/2127.2024.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/167/2127.2024.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR ANULAÇÃO DE DOTAÇÃO NO ORÇAMENTO VIGENTE DAS SECRETARIAS DE SAÚDE, EDUCAÇÃO E ADMINISTRAÇÃO E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
     <t>2128</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/164/2128.2024.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/164/2128.2024.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ALTERAÇÃO E REVOGAÇÃO DE LEI E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
     <t>2129</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/166/2129.2024.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/166/2129.2024.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE POLÍTICA PÚBLICA MUNICIPAL PARA GARANTIA, PROTEÇÃO E AMPLIAÇÃO DOS DIREITOS DAS PESSOAS COM TRANSTORNO DO ESPECTRO AUTISTA (TEA) E SEUS FAMILIARES."</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
     <t>2130</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/165/pl_2130.2024.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/165/pl_2130.2024.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR EXCESSO DE ARRECADAÇÃO NO ORÇAMENTO VIGENTE DA SECRETARIA DE EDUCAÇÃO E SECRETARIA DE OBRAS E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
     <t>2131</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/168/2131.2024.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/168/2131.2024.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA O MUNICÍPIO DE NOVA BRASILÂNDIA D’OESTE/RO A REALIZARCONTRATAÇÃO TEMPORÁRIA DE EXCEPCIONAL INTERESSE PÚBLICO PARA ATENDER OS INTERESSES DA SECRETARIA MUNICIPAL DE SAÚDE – SEMUSA, E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>2132</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/170/pl_2132.2024.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/170/pl_2132.2024.pdf</t>
   </si>
   <si>
     <t>"DEFINE O SISTEMA VIÁRIO BÁSICO DO MUNICIPIO DE NOVA BRASILÂNDIA D`OESTE/RO E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
     <t>2133</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/172/pl_2133.2024.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/172/pl_2133.2024.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR ANULAÇÃO DE DOTAÇÃO E EXCESSO DE ARRECADAÇÃO NO ORÇAMENTO VIGENTE DA CÂMARA MUNICIPAL DE VEREADORES E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>2134</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/169/pl_2134.2024.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/169/pl_2134.2024.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR ANULAÇÃO NO ORÇAMENTO VIGENTE DA SECRETARIA DE EDUCAÇÃO E DA OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
     <t>2135</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/171/pl_2135.2024.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/171/pl_2135.2024.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL POR RECURSOS VINCULADOS NO ORÇAMENTO VIGENTE DAS SECRETARIAS MUNICIPAIS DE OBRAS, SAÚDE E AÇÃO SOCIAL E A OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>2136</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/173/pl_2136.2024.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/173/pl_2136.2024.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A REABERTURA DE CRÉDITO ADICIONAL ESPECIAL POR RECURSOS VINCULADOS NO ORÇMENTO VIGENTE DA SECRETARIA DE OBRAS E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t>2137</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/174/pl_2137.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/174/pl_2137.pdf</t>
   </si>
   <si>
     <t>"FIXA O SUBSIDIO PARA O EXERCICIO 2025 À 2028 E DA OUTRAS PROVIDÊNCAS."</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>2138</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/177/pl_2138.2024.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/177/pl_2138.2024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a abertura de crédito adicional especial por recursos vinculados no orçamento vigente da secretaria de obras e dá outras providências."</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
     <t>PE</t>
   </si>
   <si>
     <t>PROJETO DE EMENDA</t>
   </si>
   <si>
     <t>CPFO - COMISSÃO PERMANENTE DE FINANÇAS E ORÇAMENTO</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/122/emenda_modificativa.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/122/emenda_modificativa.pdf</t>
   </si>
   <si>
     <t>"ALTERA O PROJETO DE LEI 2079.2024."</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/128/projeo_de_emenda.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/128/projeo_de_emenda.pdf</t>
   </si>
   <si>
     <t>"ALTERA O PROJETO DE LEI 2080.2024."</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
     <t>RF</t>
   </si>
   <si>
     <t>REDAÇÃO FINAL PROJETO DE LEI</t>
   </si>
   <si>
     <t>CPJR - COMISSÃO PERMANENTE DE JUSTIÇA E REDAÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/130/redacao_final_2080.2024.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/130/redacao_final_2080.2024.pdf</t>
   </si>
   <si>
     <t>REDAÇÃO FINAL PROJETO DE LEI 2080.2024</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1272,68 +1272,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/113/projeto_de_resolucao_001.2024..pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/103/projeto_de_lei_2068.2024.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/104/projeto_de_lei_2069.2024.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/110/projeto_de_lei_2070.2024.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/105/projeto_de_lei_2071.2024.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/108/projeto_de_lei_2072.2024.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/107/projeto_de_lei_2073.2024.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/106/pl_2074.2024.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/109/projeto_de_lei_2075.2024.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/112/projeto_de_lei_2076.2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/124/pl_2077.2024.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/121/projeto_de_lei_2079.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/116/projeto_de_lei_2080.2024.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/114/projeto_de_lei_2081.2024.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/115/pl_2082.2024.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/118/2083.2024.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/117/projeto_de_lei__2084.2024.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/119/pl_2085.2024.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/120/pl_2086.2024.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/131/pl_2087.2024.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/123/pl_2088.2024.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/125/pl_2089.2024.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/127/projeto_de_lei_2090.2024.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/129/pl_2091.2024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/132/pl_2092.2024.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/133/pl_2093.2024.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/134/pl_2094.2024.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/135/justificativa_pl_2096.2024.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/136/pl_2097.2024.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/137/projeto_de_lei_2098.2024.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/138/projeto_de_lei_2099.2024.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/142/pl_2100.2024.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/140/pl_2102.2024.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/141/pl_2103.2024.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/139/pl_2104.2024.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/143/pl_2105.2024.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/144/pl_2106.2024.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/145/pl_2107.2024.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/146/2108.2024.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/147/projeto_de_lei_2109.2024.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/148/pl_2110.2024.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/149/pl_2111.2024.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/150/pl_2112.2024.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/151/pl_2113.2024.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/152/pl_2114.2024.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/153/pl_2115.2024.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/154/pl_2116.2024.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/156/pl_2117.2024.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/158/pl_2118.2024.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/157/pl_2119.20024.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/160/projeto_de_lei_2120.2024.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/159/pl_2121_saae.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/162/pl_2122.2024.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/161/pl_2123.2024.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/163/pl_2124.2024.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/175/pl_2125.2024.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/176/pl_2126.2024.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/167/2127.2024.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/164/2128.2024.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/166/2129.2024.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/165/pl_2130.2024.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/168/2131.2024.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/170/pl_2132.2024.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/172/pl_2133.2024.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/169/pl_2134.2024.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/171/pl_2135.2024.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/173/pl_2136.2024.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/174/pl_2137.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/177/pl_2138.2024.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/122/emenda_modificativa.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/128/projeo_de_emenda.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/130/redacao_final_2080.2024.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/113/projeto_de_resolucao_001.2024..pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/103/projeto_de_lei_2068.2024.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/104/projeto_de_lei_2069.2024.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/110/projeto_de_lei_2070.2024.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/105/projeto_de_lei_2071.2024.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/108/projeto_de_lei_2072.2024.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/107/projeto_de_lei_2073.2024.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/106/pl_2074.2024.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/109/projeto_de_lei_2075.2024.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/112/projeto_de_lei_2076.2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/124/pl_2077.2024.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/121/projeto_de_lei_2079.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/116/projeto_de_lei_2080.2024.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/114/projeto_de_lei_2081.2024.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/115/pl_2082.2024.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/118/2083.2024.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/117/projeto_de_lei__2084.2024.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/119/pl_2085.2024.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/120/pl_2086.2024.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/131/pl_2087.2024.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/123/pl_2088.2024.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/125/pl_2089.2024.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/127/projeto_de_lei_2090.2024.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/129/pl_2091.2024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/132/pl_2092.2024.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/133/pl_2093.2024.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/134/pl_2094.2024.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/135/justificativa_pl_2096.2024.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/136/pl_2097.2024.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/137/projeto_de_lei_2098.2024.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/138/projeto_de_lei_2099.2024.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/142/pl_2100.2024.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/140/pl_2102.2024.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/141/pl_2103.2024.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/139/pl_2104.2024.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/143/pl_2105.2024.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/144/pl_2106.2024.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/145/pl_2107.2024.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/146/2108.2024.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/147/projeto_de_lei_2109.2024.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/148/pl_2110.2024.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/149/pl_2111.2024.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/150/pl_2112.2024.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/151/pl_2113.2024.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/152/pl_2114.2024.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/153/pl_2115.2024.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/154/pl_2116.2024.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/156/pl_2117.2024.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/158/pl_2118.2024.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/157/pl_2119.20024.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/160/projeto_de_lei_2120.2024.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/159/pl_2121_saae.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/162/pl_2122.2024.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/161/pl_2123.2024.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/163/pl_2124.2024.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/175/pl_2125.2024.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/176/pl_2126.2024.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/167/2127.2024.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/164/2128.2024.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/166/2129.2024.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/165/pl_2130.2024.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/168/2131.2024.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/170/pl_2132.2024.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/172/pl_2133.2024.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/169/pl_2134.2024.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/171/pl_2135.2024.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/173/pl_2136.2024.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/174/pl_2137.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/177/pl_2138.2024.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/122/emenda_modificativa.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/128/projeo_de_emenda.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2024/130/redacao_final_2080.2024.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H73"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="55" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="115.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="115" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>