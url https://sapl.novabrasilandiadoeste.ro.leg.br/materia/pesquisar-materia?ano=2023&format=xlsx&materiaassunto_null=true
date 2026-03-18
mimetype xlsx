--- v0 (2026-01-29)
+++ v1 (2026-03-18)
@@ -54,1077 +54,1077 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO</t>
   </si>
   <si>
     <t>MESA DIRETORA</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/14/projeto_de_resolucao_006.2023.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/14/projeto_de_resolucao_006.2023.pdf</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO N°. 006/2023 COM A SÚMULA: "DISPÕE SOBRE A REESTRUTURAÇÃO ADMINISTRATIVA DA CÂMARA MUNICIPAL, APROVADO O NOVO ORGANOGRAMA DE LOTAÇÕES, CARGOS E FUNÇÕES E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/36/projeto_de_resolucao_007.2023.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/36/projeto_de_resolucao_007.2023.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A DESAFETAÇÃO DE BENS E DA AUTORIZAÇÃO PARA DOAÇÃO DE BENS INSERVÍVEIS DE PROPRIEDADE DA CÂMARA MUNICIPAL DE NOVA BRASILÂNDIA D`OESTE-RO E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/34/projeto_de_resolucao_008.2023.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/34/projeto_de_resolucao_008.2023.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ALTERAÇÃO DA RESOLUÇÃO N° 002/2023."</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/37/projeto_de_resolucao_009.2023.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/37/projeto_de_resolucao_009.2023.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A INSTITUIÇÃO DO PLANEJAMENTO ESTRATÉGICO NO ÂMBITO DA CÂMARA MUNICIPAL DE NOVA BRASILÂNDIA D`OESTE/RO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/71/projeto_de_resolucao_010.2023_auxilio_indenizatorio.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/71/projeto_de_resolucao_010.2023_auxilio_indenizatorio.pdf</t>
   </si>
   <si>
     <t>"ESTABELECE E DISCIPLINA AUXÍLIO INDENIZATÓRIO, EM FACE DAS DESPESAS DECORRENTES DAS ATIVIDADES PARLAMENTARES E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/101/projeto_de_resolucao_011.2023_subsidios.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/101/projeto_de_resolucao_011.2023_subsidios.pdf</t>
   </si>
   <si>
     <t>"FIXA SUBÍSDIO DOS VEREADORES PARA A LEGISLATURA 2025/2028 E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/102/projeto_de_reslucao_012.2023.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/102/projeto_de_reslucao_012.2023.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ALTERAÇÃO DA RESOLUÇÃO 001/2014 E RESOLUÇÃO 003/2023 DA CÂMARA MUNICIPAL DE NOVA BRASILÂNDIA D`OESTE/RO E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>1993</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>PROJETO DE LEI</t>
   </si>
   <si>
     <t>PODER EXECUTIVO MUNICIPAL - POD. EXEC. MUN.</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/5/projeto_de_lei_abertura_de_credito_56.00000.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/5/projeto_de_lei_abertura_de_credito_56.00000.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR EXCESSO DE ARRECADAÇÃO NO ORÇAMENTO VIGENTE DO INSTITUTO DE PREVIDÊNCIA MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>1997</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/16/projeto_de_lei_1997.2023.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/16/projeto_de_lei_1997.2023.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N°. 1997/2023 COM A SÚMULA: "FICA AUTORIZADO O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA MUNICIPAL DE AGRICULTURA A REALIZAR O CONCURSO DE PRODUÇÃO LEITEIRA."</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>1998</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/4/projeto_de_lei_convenio_com_fecro.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/4/projeto_de_lei_convenio_com_fecro.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CELEBRAR CONVÊNIO COM A FEDERAÇÃO DE CICLISMO DE RONDÔNIA - FECRO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1999</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/6/projeto_de_lei_copa_de_futsal.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/6/projeto_de_lei_copa_de_futsal.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O EXECUTIVO MUNICIPAL ATRAVÉS DA SECRETARIA MUNICIPAL DE ESPORTE , LAZER E CULTURA A REALIZAR A COPA NOVA BRASILÂNDIA DE FUTSAL REGIONAL E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>2000</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/17/projeto_de_lei_2000.2023.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/17/projeto_de_lei_2000.2023.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N°. 2000.2023 COM A SÚMULA: "DISPÕE SOBRE A REESTRUTURAÇÃO ADMINISTRATIVA DA CÂMARA MUNICIPAL, APROVADO O NOVO ORGANOGRAMA DE LOTAÇÕES, CARGOS E FUNÇÕES E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>2001</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/10/projeto_de_lei_2001.2023.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/10/projeto_de_lei_2001.2023.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N°. 2001.2023 COM A SÚMULA: "AUTORIZA O MUNICIPIO DE NOVA BRASILÂNDIA D`OESTE/RO, REALIZAR CONTRATAÇÃO TEMPORÁRIA DE EXCEPCIONAL INTERESSE PÚBLICO PARA ATENDER OS INTERESSES DA SECRETARIA MUNICIPAL DE EDUCAÇÃO - SEMED E SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL - SEMAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2002</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/11/projeto_de_lei_educacao.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/11/projeto_de_lei_educacao.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N°. 2002.2023 COM A SÚMULA: "DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR, POR ANULAÇÃO E POR EXCESSO DE ARRECADAÇÃO, NO ORÇAMENTO VIGENTE DA SECRETARIA DE EDUCAÇÃO E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>2003</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/21/projeto_de_lei_2003.2023.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/21/projeto_de_lei_2003.2023.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N°. 2003.2023 COM A SÚMULA: "AUTORIZA O PODER EXECUTIVO MUNICIPAL A CELEBRAR CONVÊNIO COM A ASRUBRAS - ASSOCIAÇÃO RURAL DE NOVA BRASILÂNDIA D`OESTE E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>2004</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/13/projeto_de_lei_2004.2023.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/13/projeto_de_lei_2004.2023.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N°. 2004.2023 COM A SÚMULA: "DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL POR RECURSOS VINCULADOS NO ORÇAMENTO VIGENTE DA SECRETARIA MUNICIPAL DE OBRAS E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>2005</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/12/projeto_de_lei_2005.2023.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/12/projeto_de_lei_2005.2023.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N°. 2005.2023 COM A SÚMULA: "DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL POR RECURSOS VINCULADOS NO ORÇAMENTO VIGENTE DO FUNDO DE SAÚDE E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>2006</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/19/projeto_de_lei_2006.2023.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/19/projeto_de_lei_2006.2023.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N°. 2006.2023 COM A SÚMULA: "DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR ANULAÇÃO DE DOTAÇÃO NO ORÇAMENTO VIGENTE  DO GABINETE DO PREFEITO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>2007</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/20/projeto_de_lei_2007.2023.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/20/projeto_de_lei_2007.2023.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N°. 2007.2023 COM A SÚMULA: "DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR, POR ANULAÇÃO E POR EXCESSO DE ARRECADAÇÃO NO ORÇAMENTO VIGENTE DA SECRETARIA DE AÇÃO SOCIAL E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>2008</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/22/projeto_de_lei_2008.2023.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/22/projeto_de_lei_2008.2023.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N°. 2008.2023 COM A SÚMULA: "DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL POR RECURSOS VINCULADOS NO ORÇAMENTO VIGENTE DA SECRETÁRIA MUNICIPAL DE OBRAS E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>2009</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/24/projeto_de_lei_2009.2023.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/24/projeto_de_lei_2009.2023.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N°. 2009.2023 COM A SÚMULA: "DISPÕE SOBRE A CONCESSÃO DA EQUIPARAÇÃO DO TETO DO SALÁRIO MÍNIMO DOS SERVIDORES PÚBLICOS MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>2010</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/30/projeto_de_lei_2010.2023.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/30/projeto_de_lei_2010.2023.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N°. 2010/2023 COM A SÚMULA: "DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL POR RECURSOS VINCULADOS NO ORÇAMENTO VIGENTE DO FUNDO DE SAÚDE E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/31/projeto_de_lei_2011.2023.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/31/projeto_de_lei_2011.2023.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N°. 2011/2023 COM A SÚMULA: "DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR COM RECURSOS DO FPM 1% (UM POR CENTO) DE JULHO, NO ORÇAMENTO VIGNETE DO FUNDO DE SAÚDE E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/32/projeto_de_lei_2012.2023.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/32/projeto_de_lei_2012.2023.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO MUNICIPAL A CELEBRAR CONVÊNIO COM A ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/33/projeto_de_lei_2013.2023.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/33/projeto_de_lei_2013.2023.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICONAL ESPECIAL POR RECURSOS VINCULADOS NO ORÇAMENTO VIGENTE DA SECRETARIA DE OBRAS E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/38/projeto_de_lei_2014.2023.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/38/projeto_de_lei_2014.2023.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O EXECUTIVO A DAR PREMIAÇÃO A PRODUTOR DE CAFÉ."</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/39/projeto_de_lei_2015.2023.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/39/projeto_de_lei_2015.2023.pdf</t>
   </si>
   <si>
     <t>"INSTITUI A REVISÃO DO PLANO PLURIANUAL DO MUNICÍPIO DE NOVA BRASILÂNDIA D´OESTE, PARA OS EXERICICIOS DE 2024 E 2025, E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/40/projeto_de_lei_2016.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/40/projeto_de_lei_2016.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA ANUAL DE 2024 E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/44/projeto_de_lei_2020.2023.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/44/projeto_de_lei_2020.2023.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL POR RECURSOS VINCULADOS NO ORÇAMENTO VIGENTE DO FUNDO DE SAÚDE E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/111/projeto_de_lei_2022.2024.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/111/projeto_de_lei_2022.2024.pdf</t>
   </si>
   <si>
     <t>"CRIA A CENTRAL PERMANENTE DE COMPRAS (CPC), REGULAMENTANDO SUAS COMPETÊNCIAS E REMUNERAÇÃO, NO ÂMBITO DO MUNICIPIO DE NVOA BRASILÂNDIA D`OESTE."</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/47/projeto_de_lei_2023.2023.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/47/projeto_de_lei_2023.2023.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR ANULAÇÃO DE DOTAÇÃO, NO ORÇAMENTO VIGENTE DA CÂMARA MUNICIPAL DE VEREADORES E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/48/projeto_de_lei_2024.2023.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/48/projeto_de_lei_2024.2023.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL POR RECURSOS VINCULADOS NO ORÇAMENTO VIGENTE DA SECRETARIA MUNICIPAL DE ESPORTES, LAZER E CULTURA E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>2027</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/52/projeto_de_lei_2027.2023.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/52/projeto_de_lei_2027.2023.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR ANULAÇÃO DE DOTAÇÃO NO ORÇAMENTO VIGENTE DO SISTEMA AUTÔNOMO DE ÁGUA E ESGOTO E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
     <t>2030</t>
   </si>
   <si>
     <t>JACKSON DE SOUZA LEITE</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/97/projeto_de_lei_2030.2023.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/97/projeto_de_lei_2030.2023.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ALTERAÇÃO DA LEI 1571/2023 E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>2031</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/74/projeto_de_lei_2031.2023.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/74/projeto_de_lei_2031.2023.pdf</t>
   </si>
   <si>
     <t>"FICA EM EXTINÇÃO O REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL DO MUNICÍPIO DE NOVA BRASILÂNDIA D’ OESTE, EXTINGUE A AUTARQUIA NOVA PREVI, CRIA O FUNDO PREVIDENCIÁRIO DE NOVA BRASILÂNDIA D’ OESTE, DISCIPLINA O FUNCIONAMENTO E AS REGRAS DE CONCESSÃO DE BENEFÍCIOS DE PENSÃO E APOSENTADORIA AOS SERVIDORES QUE POSSUÍAM DIREITO ADQUIRIDO ATÉ O DIA ANTERIOR À DATA DA ENTRADA EM VIGOR DESSA LEI, CRIA O FUNDO DE COMPENSAÇÃO PREVIDENCIÁRIO E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>2032</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/57/projeto_de_leo_2032.2023.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/57/projeto_de_leo_2032.2023.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER PREMIAÇÃO EM DINHEIRO PARA OS EVENTOS CULTURAIS NO MUNICIPIO DE NOVA BRASILÂNDIA D`OESTE/RO E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>2033</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/59/projeto_de_lei_2033.2023.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/59/projeto_de_lei_2033.2023.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICONAL SUPLEMENTAR, POR EXCESSO DE ARRECADAÇÃO NO ORÇAMENTO VIGENTE DA SECRETARIA DE EDUCAÇÃO E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>2034</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/60/projeto_de_lei_2034.2023.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/60/projeto_de_lei_2034.2023.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR, POR ANULAÇÃO DE DOTAÇÃO ORÇAMENTÁRIA, NO ORÇAMENTO VIGENTE DA SECRETARIA DE ADMINISTRAÇÃO E FAZENDA E DA OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>2035</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/61/projeto_de_lei_2035.2023.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/61/projeto_de_lei_2035.2023.pdf</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>2036</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/62/projeto_de_lei_2036.2023.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/62/projeto_de_lei_2036.2023.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR RECURSOS VINCULADOS NO ORÇAMENTO VIGENTE DO FUNDO DE SAÚDE E DÁ OUTRAS PROVIDÊNCIAS,"</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>2037</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/63/projeto_de_lei_2037.2023.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/63/projeto_de_lei_2037.2023.pdf</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>2038</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/64/projeto_de_lei_2038.2023.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/64/projeto_de_lei_2038.2023.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR, POR EXCESSO DE ARRECADAÇÃO NO ORÇAMENTO VIGENTE DA SECRETARIA DE EDUCAÇÃO E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>2039</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/65/projeto_de_lei_2039.2023.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/65/projeto_de_lei_2039.2023.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A REGULAMENTAÇÃO DA ASSISTÊNCIA FINANCEIRA COMPLEMENTAR REPASSADA PELA UNIÃO FEDERAL VISANDO DAR CUMPRIMENTO AO DISPOSTO NA LEI FEDERAL N° 14.434, DE 4 DE AGOSTO DE 2022 QUE INSTITUIU O PISO SALARIAL NACIONAL DO ENFERMEIRO, DO TÉCNICO DE ENFERMAGEM, DO AUXILIAR DE ENFERMAGEM E DA PARTEIRA E DA OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>2040</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/66/projeto_de_lei_2040.2023.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/66/projeto_de_lei_2040.2023.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE ABERTURA DE CRÉDITO ADICONAL SUPLEMENTAR POR ANULAÇÃO DE DOTAÇÃO ORÇAMENTÁRIA NO ORÇAMENTO VIGENTE DO ISNTITUTO DE PREVIDÊNCIA MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>2041</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/67/projeto_de_lei_2041.2023.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/67/projeto_de_lei_2041.2023.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL POR RECURSOS VINCULADOS NO ORÇAMENTO VIGENTE DA SECRETARIA DE OBRAS E SECRETARIA DE ESPORTES E DA OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>2042</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/69/projeto_de_lei_2042.2023.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/69/projeto_de_lei_2042.2023.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR ANULAÇÃO NO ORÇAMENTO VIGENTE DA SECRETARIA DE EDUCAÇÃO E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>2043</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/68/projeto_de_lei_2043.2023.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/68/projeto_de_lei_2043.2023.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL POR RECURSOS VINCULADOS, NO ORÇAMENTO VIGENTE DA SECRETARIA MUNICIPAL DE OBRAS E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>2044</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/70/projeto_de_lei_2044.2023.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/70/projeto_de_lei_2044.2023.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR RECURSOS VINCULADOS NO ORÇAMENTO VIGENTE DA FUNDO DE SAÚDE E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>2045</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/72/projeto_de_lei_2045.2023.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/72/projeto_de_lei_2045.2023.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR ANULAÇÃO DE DOTAÇÃO NO ORÇAMENTO VIGENTE DO SISTEMA AUTÔNOMO DE ÁGUA E ESGOTO, E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>2046</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/78/pl_2046.2023.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/78/pl_2046.2023.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL POR RECURSOS VINCULADOS NO ORÇAMENTO VIGENTE DA SECRETARIA DE OBRAS E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>2047</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/77/projeto_de_lei_2047.2023.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/77/projeto_de_lei_2047.2023.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O MUNICIPIO DE NOVA BRASILÂNDIA D`OESTE A REALIZAR TESTE SELETIVO PARA ADMISSÃO DE VISITADORES, PARA FINS DE DAR CONTINUIDADE DO PROGRAMA CRIANÇA FELIZ E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>2048</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/79/pl_2048.2023.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/79/pl_2048.2023.pdf</t>
   </si>
   <si>
     <t>"REGULAMENTA E DISCIPLINA O USO DO SOLO URBANO DO SETOR 05 DO MUNÍCIPIO DE NOVA BRASILÂNDIA D`OESTE E DISPÕE SOBRE A ALIENAÇÃO DOS RESPECTIVOS IMÓVEIS, RENOVANDO AS LEIS 833/2010, LEI 1087/2014 E LEI 1753/2022 E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>2050</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/76/pl_2050.2023.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/76/pl_2050.2023.pdf</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>2051</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/82/projeto_de_lei_camara_municipal.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/82/projeto_de_lei_camara_municipal.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICONAL SUPLEMENTAR POR ANULAÇÃO DE DOTAÇÃO NO ORÇAMENTO VIGENTE DA CÂMARA MUNICIPAL DE VEREADORES E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>2052</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/81/projeto_de_lei_2052.2023.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/81/projeto_de_lei_2052.2023.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR, POR EXCESSO DE ARRECADAÇÃO NO ORÇAMENTO VIGENTE NAS SECRETARIAS DE EDUCAÇÃO, ADMINISTRAÇÃO E FUNDO MUNICIPAL DE SAÚDE E DÁ  OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>2053</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/84/projeto_de_lei_2053.2023.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/84/projeto_de_lei_2053.2023.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL POR RECURSO VINCULADO, NO ORÇAMENTO VIGENTE DA SECRETARIA DE EDUCAÇÃO E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>2054</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/86/projeto_de_lei_2054.2023.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/86/projeto_de_lei_2054.2023.pdf</t>
   </si>
   <si>
     <t>“ALTERA O ART. 1º E ART. 4º INCISO I DA LEI 1838/2023 AUTORIZA O MUNICÍPIO DE NOVA BRASILÂNDIA D’ OESTE A REALIZAR TESTE SELETIVO PARA ADMISSÃO DE VISITADORES, PARA FINS DE DAR CONTINUIDADE AO PROGRAMA CRIANÇA FELIZ, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>2056</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/85/projeto_de_lei_2056.2023.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/85/projeto_de_lei_2056.2023.pdf</t>
   </si>
   <si>
     <t>"DIPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR EXCESSO DE ARRECADAÇÃO NO ORÇAMENTO VIGENTE DA SECRETARIA DE SAÚDE E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>2058</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/100/projeto_de_lei_2058.2023.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/100/projeto_de_lei_2058.2023.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR EXCESSO DE ARRECADAÇÃO NO ORÇAMENTO VIGENTE DA SECRETARIA DE AÇÃO SOCIAL E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>2060</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/41/pl_2060.2023_substitui_pl_2017.2023.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/41/pl_2060.2023_substitui_pl_2017.2023.pdf</t>
   </si>
   <si>
     <t>"SUBSTITUI AO PROJETO DE LEI 2017/2023 QUE ESTIMA AS RECEITAS E FIXA AS DESPESAS PARA O ORÇAMENTO PROGRAMA DO EXERCICIO DE 2024."</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>2061</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/87/projeto_de_lei_2061.2023_que_substitui_o_pl_2057.2023.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/87/projeto_de_lei_2061.2023_que_substitui_o_pl_2057.2023.pdf</t>
   </si>
   <si>
     <t>"SUBSTITUTIVO AO PROJETO DE LEI 2057.2023 QUE AUTORIZA O MUNICIPIO DE NOVA BRASILÂNDIA D`OESTE-RO A REALIZAR CONTRATAÇÃO TEMPORÁRIA DE EXCEPCIONAL INTERESSE PÚBLICO E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>2062</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/93/projeto_de_lei_2062.2023.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/93/projeto_de_lei_2062.2023.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE CRÉDITO ESPECIAL AO ORÇAMENTO VIGENTE CONFORME ART. 7º 41 E 42, DA LEI 4.320/64 E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>2063</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/94/projeto_de_lei_2063.2023.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/94/projeto_de_lei_2063.2023.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE CRÉDITO ESPECIAL OA ORÇAMENTO VIGENTE CONFORME ART. 7°, 41 E 42, DA LEI 4.320/64 E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>2064</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/96/projeto_de_lei_2064.2023.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/96/projeto_de_lei_2064.2023.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER PREMIAÇÃO EM DINHEIRO PARA OS EVENTOS ESPORTIVOS E CULTURAIS NO MUNICÍPIO DE NOVA BRASILÂNDIA/RO E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>2065</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/98/projeto_de_lei_2065.2023.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/98/projeto_de_lei_2065.2023.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE REVISÃO GERAL ANUAL AO SALÁRIO DOS SERVIDORES PÚBLICOS MUNICIPAIS E AGENTES POLÍTICOS E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>2066</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/95/projeto_de_lei_2066.2023.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/95/projeto_de_lei_2066.2023.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR ANULAÇÃO DE DOTAÇÃO NO ORÇAMENTO VIGENTE DA CÂMARA MUNICIPAL DE VEREADORES E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>2067</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/99/projeto_de_lei_2067.2023.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/99/projeto_de_lei_2067.2023.pdf</t>
   </si>
   <si>
     <t>"CRIA O PROGRAMA MUNICIPAL DE DESENVOLVIMENTO DA AGROINDUSTRIA FAMILIAR E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
     <t>GENESCO EVANGELISTA MARQUES DOS SANTOS</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/3/requerimento_genesco.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/3/requerimento_genesco.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO DO VEREADOR GENESCO EVANGELISTA MARQUES DOS SANTOS, SOLICITANDO APROVAÇÃO DA JUSTIFICATIVA DE SUA AUSÊNCIA DA 14ª (DÉCIMA QUARTA) SESSÃO ORDINÁRIA, REALIZADA NO DIA 08 DE MAIO DE 2023.</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/27/jsutificativa_jackson_17a_sessao_ordinaria.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/27/jsutificativa_jackson_17a_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO N°. 001.2023 DO VEREADOR JACKSON DE SOUZA LEITE, JUSTIFICANDO SUA AUSÊNCIA NA 17ª (DÉCIMA SÉTIMA) SESSÃO ORDINÁRIA, REALIZADA NO DIA 29 DE MAIO DE 2023.</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/28/requerimento_ausencia_sessao_jackson_03.07.2023.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/28/requerimento_ausencia_sessao_jackson_03.07.2023.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO N°. 002.2023 DO VEREADOR JACKSON DE SOUZA LEITE, SOLICITANDO APROVAÇÃO DA JUSTIFICATIVA DE SUA AUSÊNCIA DA 22ª (VIGÉSIMA SEGUNDA) SESSÃO ORDINÁIA, REALIZADA NO DIA 03 DE JULHO DE 2023.</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/46/requerimento_003.2023.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/46/requerimento_003.2023.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO N°. 003.2023 DO VEREADORES JACKSON DE SOUZA LEITE  DE APROVAÇÃO DA JUSTIFICATIVA DE AUSÊNCIA DA 24ª SESSÃO ORDINÁRIA REALIZADA NO DIA 14.08.2023.</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>PAULO SILVANO DOS SANTOS</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/55/requerimento_paulo_silvano_dos_santos.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/55/requerimento_paulo_silvano_dos_santos.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE APROVAÇÃO DA JUSTIFICATIVA DE AUS}ENCIA DA 24ª (VIGÉSIMA QUARTA) SESSÃO ORDINÁRIA, REALIZADA NO DIA 17 DE JULHO DE 2023.</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>REGINALDO GAMA PEDROSO</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/58/requerimento.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/58/requerimento.pdf</t>
   </si>
   <si>
     <t>JUSTIFICATIVA DE AUSÊNCIA DA 31ª (TRIGÉSIMA PRIMEIRA) PRIMEIRA SESSÃO ORDINÁRIA, REALIZADA NO DIA 11 DE SETEMBRO DE 2023.</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>ADEMILSON DE PAULA GUIZOLFE</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/88/requerimento__ausencia_33a_sessao_ordinaria.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/88/requerimento__ausencia_33a_sessao_ordinaria.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO VEREADOR ADEMILSON DE PAULA GUIZOLFE, SOLICITANDO APROVAÇÃO DA JUSTIFICATIVA DE SUA AUSÊNCIA DA 33ª SESSÃO ORDINÁRIA.</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/89/requerimento_mocao_criscela.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/89/requerimento_mocao_criscela.pdf</t>
   </si>
   <si>
     <t>SOLICITAÇÃO DE MOÇÃO DE APLAUSOS A SENHORA CRISCELA FERNANDA DE SOUZA HERMES.</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/90/requerimento_mocao_maria_ines.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/90/requerimento_mocao_maria_ines.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO DE MOÇÃO DE APLAUSOS A SENHORA MARIA INES SITOWSKI KUZNIEWSKI</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/91/requerimento_mocao_gilvania.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/91/requerimento_mocao_gilvania.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO MOÇÃO DE APLAUSOS A SENHORA GILVANIA BARBOSA NESTLEHNER</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/92/requerimento_mocao_gilciane.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/92/requerimento_mocao_gilciane.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO DE MOÇÃO DE APLAUSOS A SENHORA GILCIANE DE LIMA LOPES.</t>
   </si>
   <si>
     <t>PE</t>
   </si>
   <si>
     <t>PROJETO DE EMENDA</t>
   </si>
   <si>
     <t>CPJR - COMISSÃO PERMANENTE DE JUSTIÇA E REDAÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/8/projeto_de_emenda_modificativa_ao_projeto_de_lei_1993.2023.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/8/projeto_de_emenda_modificativa_ao_projeto_de_lei_1993.2023.pdf</t>
   </si>
   <si>
     <t>ALTERA O PROJETO DE LEI N°. 1993/2023.</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/7/emenda_modificativa_ao_projeto_de_lei_1999.2023.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/7/emenda_modificativa_ao_projeto_de_lei_1999.2023.pdf</t>
   </si>
   <si>
     <t>ALTERA O PROJETO DE LEI N°. 1999/2023.</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/23/projeto_de_emenda_modificativa_ao_projeto_de_lei_1997.2023.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/23/projeto_de_emenda_modificativa_ao_projeto_de_lei_1997.2023.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA AO PROJETO DE LEI Nº. 1997/2023.</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/25/projeto_de_emenda_modificativa.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/25/projeto_de_emenda_modificativa.pdf</t>
   </si>
   <si>
     <t>PROJETO DE EMENDA MODIFICATIVA Nº. (004) 003/2023 QUE ALTERA O PROJETO DE LEI Nº. 2004/2023</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/26/projeto_de_emenda_modificativa_no._005.2023_ao_projeto_de_lei_2008.2023.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/26/projeto_de_emenda_modificativa_no._005.2023_ao_projeto_de_lei_2008.2023.pdf</t>
   </si>
   <si>
     <t>PROJETO DE EMENDA MODIFICATIVA Nº. 005/2023 AO PROJETO DE LEI Nº. 2008/2023.</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/35/projeto_de_emenda_modificativa_ao_projeto_de_lei_2009.2023.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/35/projeto_de_emenda_modificativa_ao_projeto_de_lei_2009.2023.pdf</t>
   </si>
   <si>
     <t>PROJETO DE EMENDA MODIFICATIVA N°. 006.2023 QUE ALTERA O PROJETO DE LEI N°. 2009.2023.</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/50/projeto_de_emenda_modificativa_ao_projeto_de_lei_08.2023.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/50/projeto_de_emenda_modificativa_ao_projeto_de_lei_08.2023.pdf</t>
   </si>
   <si>
     <t>PROJETO DE EMENDA MODIFICATIVA N°. 007/2023 DA COMISSÃO PERMANENTE DE JUSTIÇA E REDAÇÃO, ACERCA DO PROJETO DE RESOLUÇÃO N°. 008.2023.</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/73/emenda_ccj_pl_2031.2023.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/73/emenda_ccj_pl_2031.2023.pdf</t>
   </si>
   <si>
     <t>"ALTERA O PROJETO DE LEI 2031.2023."</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>CPFO - COMISSÃO PERMANENTE DE FINANÇAS E ORÇAMENTO</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/75/emenda_cpfo_pl_2031.2023.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/75/emenda_cpfo_pl_2031.2023.pdf</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>VT</t>
   </si>
   <si>
     <t>VETO</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/18/mensagem_de_veto_ao_projeto_de_lei_2000.2023.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/18/mensagem_de_veto_ao_projeto_de_lei_2000.2023.pdf</t>
   </si>
   <si>
     <t>VETO AO ART. 4° PROJETO DE LEI N°. 2000.2023</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/83/veto_parcial_pl_2031.2023.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/83/veto_parcial_pl_2031.2023.pdf</t>
   </si>
   <si>
     <t>"RESTITUIÇÃO À CÂMARA MUNICIPAL DO AUTÓGRAFO 1833/2023 PROJETO DE LEI N°. 2031/2023 QUE SANCIONADO SE TRANSFORMA NA LEI N°. 1836/2023 DE 14 DE NOVEMBRO DE 2023."</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>MC</t>
   </si>
   <si>
     <t>MOÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/80/requerimento_mocao_de_aplausos.pdf</t>
+    <t>http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/80/requerimento_mocao_de_aplausos.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO N°. 001/2023 DO VEREADOR REGINALDO GAMA PEDROSO SOLICITANDO APROVAÇÃO DE MOÇÃO DE APLAUSOS A SENHORA NICOLE NEDEL DUARTE.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1431,68 +1431,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/14/projeto_de_resolucao_006.2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/36/projeto_de_resolucao_007.2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/34/projeto_de_resolucao_008.2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/37/projeto_de_resolucao_009.2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/71/projeto_de_resolucao_010.2023_auxilio_indenizatorio.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/101/projeto_de_resolucao_011.2023_subsidios.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/102/projeto_de_reslucao_012.2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/5/projeto_de_lei_abertura_de_credito_56.00000.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/16/projeto_de_lei_1997.2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/4/projeto_de_lei_convenio_com_fecro.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/6/projeto_de_lei_copa_de_futsal.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/17/projeto_de_lei_2000.2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/10/projeto_de_lei_2001.2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/11/projeto_de_lei_educacao.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/21/projeto_de_lei_2003.2023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/13/projeto_de_lei_2004.2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/12/projeto_de_lei_2005.2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/19/projeto_de_lei_2006.2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/20/projeto_de_lei_2007.2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/22/projeto_de_lei_2008.2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/24/projeto_de_lei_2009.2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/30/projeto_de_lei_2010.2023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/31/projeto_de_lei_2011.2023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/32/projeto_de_lei_2012.2023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/33/projeto_de_lei_2013.2023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/38/projeto_de_lei_2014.2023.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/39/projeto_de_lei_2015.2023.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/40/projeto_de_lei_2016.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/44/projeto_de_lei_2020.2023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/111/projeto_de_lei_2022.2024.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/47/projeto_de_lei_2023.2023.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/48/projeto_de_lei_2024.2023.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/52/projeto_de_lei_2027.2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/97/projeto_de_lei_2030.2023.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/74/projeto_de_lei_2031.2023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/57/projeto_de_leo_2032.2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/59/projeto_de_lei_2033.2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/60/projeto_de_lei_2034.2023.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/61/projeto_de_lei_2035.2023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/62/projeto_de_lei_2036.2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/63/projeto_de_lei_2037.2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/64/projeto_de_lei_2038.2023.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/65/projeto_de_lei_2039.2023.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/66/projeto_de_lei_2040.2023.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/67/projeto_de_lei_2041.2023.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/69/projeto_de_lei_2042.2023.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/68/projeto_de_lei_2043.2023.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/70/projeto_de_lei_2044.2023.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/72/projeto_de_lei_2045.2023.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/78/pl_2046.2023.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/77/projeto_de_lei_2047.2023.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/79/pl_2048.2023.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/76/pl_2050.2023.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/82/projeto_de_lei_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/81/projeto_de_lei_2052.2023.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/84/projeto_de_lei_2053.2023.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/86/projeto_de_lei_2054.2023.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/85/projeto_de_lei_2056.2023.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/100/projeto_de_lei_2058.2023.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/41/pl_2060.2023_substitui_pl_2017.2023.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/87/projeto_de_lei_2061.2023_que_substitui_o_pl_2057.2023.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/93/projeto_de_lei_2062.2023.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/94/projeto_de_lei_2063.2023.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/96/projeto_de_lei_2064.2023.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/98/projeto_de_lei_2065.2023.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/95/projeto_de_lei_2066.2023.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/99/projeto_de_lei_2067.2023.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/3/requerimento_genesco.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/27/jsutificativa_jackson_17a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/28/requerimento_ausencia_sessao_jackson_03.07.2023.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/46/requerimento_003.2023.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/55/requerimento_paulo_silvano_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/58/requerimento.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/88/requerimento__ausencia_33a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/89/requerimento_mocao_criscela.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/90/requerimento_mocao_maria_ines.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/91/requerimento_mocao_gilvania.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/92/requerimento_mocao_gilciane.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/8/projeto_de_emenda_modificativa_ao_projeto_de_lei_1993.2023.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/7/emenda_modificativa_ao_projeto_de_lei_1999.2023.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/23/projeto_de_emenda_modificativa_ao_projeto_de_lei_1997.2023.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/25/projeto_de_emenda_modificativa.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/26/projeto_de_emenda_modificativa_no._005.2023_ao_projeto_de_lei_2008.2023.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/35/projeto_de_emenda_modificativa_ao_projeto_de_lei_2009.2023.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/50/projeto_de_emenda_modificativa_ao_projeto_de_lei_08.2023.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/73/emenda_ccj_pl_2031.2023.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/75/emenda_cpfo_pl_2031.2023.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/18/mensagem_de_veto_ao_projeto_de_lei_2000.2023.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/83/veto_parcial_pl_2031.2023.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/80/requerimento_mocao_de_aplausos.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/14/projeto_de_resolucao_006.2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/36/projeto_de_resolucao_007.2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/34/projeto_de_resolucao_008.2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/37/projeto_de_resolucao_009.2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/71/projeto_de_resolucao_010.2023_auxilio_indenizatorio.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/101/projeto_de_resolucao_011.2023_subsidios.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/102/projeto_de_reslucao_012.2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/5/projeto_de_lei_abertura_de_credito_56.00000.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/16/projeto_de_lei_1997.2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/4/projeto_de_lei_convenio_com_fecro.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/6/projeto_de_lei_copa_de_futsal.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/17/projeto_de_lei_2000.2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/10/projeto_de_lei_2001.2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/11/projeto_de_lei_educacao.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/21/projeto_de_lei_2003.2023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/13/projeto_de_lei_2004.2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/12/projeto_de_lei_2005.2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/19/projeto_de_lei_2006.2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/20/projeto_de_lei_2007.2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/22/projeto_de_lei_2008.2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/24/projeto_de_lei_2009.2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/30/projeto_de_lei_2010.2023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/31/projeto_de_lei_2011.2023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/32/projeto_de_lei_2012.2023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/33/projeto_de_lei_2013.2023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/38/projeto_de_lei_2014.2023.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/39/projeto_de_lei_2015.2023.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/40/projeto_de_lei_2016.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/44/projeto_de_lei_2020.2023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/111/projeto_de_lei_2022.2024.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/47/projeto_de_lei_2023.2023.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/48/projeto_de_lei_2024.2023.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/52/projeto_de_lei_2027.2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/97/projeto_de_lei_2030.2023.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/74/projeto_de_lei_2031.2023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/57/projeto_de_leo_2032.2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/59/projeto_de_lei_2033.2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/60/projeto_de_lei_2034.2023.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/61/projeto_de_lei_2035.2023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/62/projeto_de_lei_2036.2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/63/projeto_de_lei_2037.2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/64/projeto_de_lei_2038.2023.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/65/projeto_de_lei_2039.2023.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/66/projeto_de_lei_2040.2023.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/67/projeto_de_lei_2041.2023.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/69/projeto_de_lei_2042.2023.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/68/projeto_de_lei_2043.2023.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/70/projeto_de_lei_2044.2023.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/72/projeto_de_lei_2045.2023.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/78/pl_2046.2023.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/77/projeto_de_lei_2047.2023.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/79/pl_2048.2023.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/76/pl_2050.2023.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/82/projeto_de_lei_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/81/projeto_de_lei_2052.2023.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/84/projeto_de_lei_2053.2023.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/86/projeto_de_lei_2054.2023.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/85/projeto_de_lei_2056.2023.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/100/projeto_de_lei_2058.2023.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/41/pl_2060.2023_substitui_pl_2017.2023.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/87/projeto_de_lei_2061.2023_que_substitui_o_pl_2057.2023.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/93/projeto_de_lei_2062.2023.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/94/projeto_de_lei_2063.2023.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/96/projeto_de_lei_2064.2023.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/98/projeto_de_lei_2065.2023.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/95/projeto_de_lei_2066.2023.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/99/projeto_de_lei_2067.2023.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/3/requerimento_genesco.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/27/jsutificativa_jackson_17a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/28/requerimento_ausencia_sessao_jackson_03.07.2023.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/46/requerimento_003.2023.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/55/requerimento_paulo_silvano_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/58/requerimento.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/88/requerimento__ausencia_33a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/89/requerimento_mocao_criscela.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/90/requerimento_mocao_maria_ines.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/91/requerimento_mocao_gilvania.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/92/requerimento_mocao_gilciane.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/8/projeto_de_emenda_modificativa_ao_projeto_de_lei_1993.2023.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/7/emenda_modificativa_ao_projeto_de_lei_1999.2023.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/23/projeto_de_emenda_modificativa_ao_projeto_de_lei_1997.2023.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/25/projeto_de_emenda_modificativa.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/26/projeto_de_emenda_modificativa_no._005.2023_ao_projeto_de_lei_2008.2023.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/35/projeto_de_emenda_modificativa_ao_projeto_de_lei_2009.2023.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/50/projeto_de_emenda_modificativa_ao_projeto_de_lei_08.2023.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/73/emenda_ccj_pl_2031.2023.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/75/emenda_cpfo_pl_2031.2023.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/18/mensagem_de_veto_ao_projeto_de_lei_2000.2023.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/83/veto_parcial_pl_2031.2023.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.novabrasilandiadoeste.ro.leg.br/media/sapl/public/materialegislativa/2023/80/requerimento_mocao_de_aplausos.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H91"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="55" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="155.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="154.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>